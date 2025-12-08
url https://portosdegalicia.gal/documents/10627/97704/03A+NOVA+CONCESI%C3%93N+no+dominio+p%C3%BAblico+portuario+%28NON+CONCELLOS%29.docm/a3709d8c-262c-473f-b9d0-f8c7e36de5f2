--- v0 (2025-10-21)
+++ v1 (2025-12-08)
@@ -17,1523 +17,1805 @@
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w14:paraId="17308DF8" w14:textId="77777777" w:rsidR="000148CE" w:rsidRDefault="000148CE" w:rsidP="00255387">
+    <w:p w14:paraId="2FD43818" w14:textId="77777777" w:rsidR="000148CE" w:rsidRDefault="000148CE" w:rsidP="00255387">
       <w:pPr>
         <w:pStyle w:val="T11ntextosPortos"/>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk97718124"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="728B5D4E" w14:textId="53D5BBA3" w:rsidR="004D4025" w:rsidRPr="004D4025" w:rsidRDefault="004D4025" w:rsidP="004D4025">
+    <w:p w14:paraId="7B78B2F4" w14:textId="77777777" w:rsidR="004D4025" w:rsidRPr="004D4025" w:rsidRDefault="004D4025" w:rsidP="004D4025">
       <w:pPr>
         <w:pStyle w:val="T12nTtuloDOCsPorto"/>
       </w:pPr>
       <w:r w:rsidRPr="004D4025">
         <w:t xml:space="preserve">SOLICITUDE Á </w:t>
       </w:r>
       <w:r w:rsidR="00314E1C">
         <w:t xml:space="preserve">XEFATURA DE </w:t>
       </w:r>
       <w:r w:rsidRPr="004D4025">
         <w:t xml:space="preserve">ZONA </w:t>
       </w:r>
       <w:r w:rsidR="00314E1C">
         <w:t>DE PORTOS DE GALICIA D</w:t>
       </w:r>
       <w:r w:rsidR="00881526">
-        <w:t>UNHA CONCESIÓN NO DOMINIO PÚBLICO PORTUARIO, A TRAVÉS DA SEDE ELECTRÓNICA DA XUNTA DE GALICIA</w:t>
+        <w:t xml:space="preserve">UNHA CONCESIÓN </w:t>
+      </w:r>
+      <w:r w:rsidR="00B36A75">
+        <w:t xml:space="preserve">ADMINISTRATIVA DEMANIAL </w:t>
+      </w:r>
+      <w:r w:rsidR="00881526">
+        <w:t>NO DOMINIO PÚBLICO PORTUARIO, A TRAVÉS DA SEDE ELECTRÓNICA DA XUNTA DE GALICIA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06A9B428" w14:textId="569E2EE3" w:rsidR="004D4025" w:rsidRPr="00D550CF" w:rsidRDefault="004D4025" w:rsidP="004D4025">
+    <w:p w14:paraId="60762A5B" w14:textId="77777777" w:rsidR="00D970F9" w:rsidRDefault="00D970F9" w:rsidP="00D970F9">
       <w:pPr>
         <w:pStyle w:val="c9Textocorpotboas1Portos"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D550CF">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Nota importante: </w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="3043DEAB" w14:textId="77777777" w:rsidR="00D970F9" w:rsidRDefault="00D970F9" w:rsidP="00D970F9">
+      <w:pPr>
+        <w:pStyle w:val="c9Textocorpotboas1Portos"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A35A81">
+        <w:t>Portos de Galicia poderá requirir documentación adicional no caso de que a documentación remitida sexa incompleta ou insuficiente</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36C21865" w14:textId="77777777" w:rsidR="00D970F9" w:rsidRPr="00D550CF" w:rsidRDefault="00D970F9" w:rsidP="00D970F9">
+      <w:pPr>
+        <w:pStyle w:val="c9Textocorpotboas1Portos"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>L</w:t>
+      </w:r>
       <w:r w:rsidRPr="00D550CF">
-        <w:t xml:space="preserve">lembre que antes de realizar o esforzo de achegar toda a documentación precisa, </w:t>
+        <w:t xml:space="preserve">embre que antes de realizar o esforzo de achegar toda a documentación precisa, </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">para </w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">para valorar con carácter previo a viabilidade da súa intención de formular unha solicitude de concesión, é conveniente que se  </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidRPr="006D20BB">
+        <w:r w:rsidRPr="00286E4F">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>di</w:t>
-[...13 lines deleted...]
-          <w:t>en horario de 9:00 a 14:00 á Xefatura de Zona</w:t>
+          <w:t>dirixa en horario de 9:00 a 14:00 á Xefatura de Zona</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00D550CF">
         <w:t xml:space="preserve"> na que se atope o porto </w:t>
       </w:r>
-      <w:r w:rsidR="00881526">
+      <w:r>
         <w:t>no que teña interese de solicitar unha concesión e concerte unha cita co/a Xefe/a de Zona. Non esqueza levar ao encontro o formulario de instancia de solicitude de concesión cuberto</w:t>
       </w:r>
       <w:r w:rsidRPr="00D550CF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="377118EE" w14:textId="77777777" w:rsidR="004D4025" w:rsidRPr="00D550CF" w:rsidRDefault="004D4025" w:rsidP="00881526">
+    <w:p w14:paraId="4F2E9F1A" w14:textId="77777777" w:rsidR="00D970F9" w:rsidRPr="00D550CF" w:rsidRDefault="00D970F9" w:rsidP="00D970F9">
       <w:pPr>
         <w:pStyle w:val="c9Textocorpotboas1Portos"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
+        <w:ind w:left="1440"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00D550CF">
         <w:t>Xefatura de Zona Norte: 982 828 423 R/ Pastor Díaz, 13, 1º - 27002 Lugo</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08D6375C" w14:textId="77777777" w:rsidR="004D4025" w:rsidRPr="00D550CF" w:rsidRDefault="004D4025" w:rsidP="00881526">
+    <w:p w14:paraId="4A9A7C11" w14:textId="77777777" w:rsidR="00D970F9" w:rsidRPr="00D550CF" w:rsidRDefault="00D970F9" w:rsidP="00D970F9">
       <w:pPr>
         <w:pStyle w:val="c9Textocorpotboas1Portos"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
+        <w:ind w:left="1440"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00D550CF">
         <w:t>Xefatura de Zona Centro: 981 182 626</w:t>
       </w:r>
       <w:r w:rsidRPr="00D550CF">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D550CF">
         <w:t>Avda. Porto da Coruña, 5-1º - 15006 A Coruña</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D16702F" w14:textId="77777777" w:rsidR="004D4025" w:rsidRPr="00D550CF" w:rsidRDefault="004D4025" w:rsidP="00881526">
+    <w:p w14:paraId="239666ED" w14:textId="77777777" w:rsidR="00D970F9" w:rsidRPr="00D550CF" w:rsidRDefault="00D970F9" w:rsidP="00D970F9">
       <w:pPr>
         <w:pStyle w:val="c9Textocorpotboas1Portos"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
+        <w:ind w:left="1440"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00D550CF">
         <w:t>Xefatura de Zona Sur:</w:t>
       </w:r>
       <w:r w:rsidRPr="00D550CF">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D550CF">
         <w:t>886 159 290 R/ Victor Said Armesto, 1, 1º e 2º - 36002 Pontevedra</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EBEE207" w14:textId="571C1E21" w:rsidR="00277FEC" w:rsidRDefault="00277FEC" w:rsidP="004D4025">
+    <w:p w14:paraId="5BF76844" w14:textId="77777777" w:rsidR="00277FEC" w:rsidRDefault="00277FEC" w:rsidP="004D4025">
       <w:pPr>
         <w:pStyle w:val="c9Textocorpotboas1Portos"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1414"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="1778"/>
+        <w:gridCol w:w="1392"/>
+        <w:gridCol w:w="2714"/>
+        <w:gridCol w:w="1543"/>
+        <w:gridCol w:w="1131"/>
+        <w:gridCol w:w="1624"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00473BEE" w14:paraId="6A4A6BFF" w14:textId="77777777" w:rsidTr="008E02CB">
+      <w:tr w:rsidR="00473BEE" w:rsidRPr="00AF44B8" w14:paraId="525E37AB" w14:textId="77777777" w:rsidTr="008E02CB">
         <w:trPr>
           <w:trHeight w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="209409D8" w14:textId="77777777" w:rsidR="00473BEE" w:rsidRPr="00C26687" w:rsidRDefault="00473BEE" w:rsidP="008E02CB">
+          <w:p w14:paraId="3D67CE32" w14:textId="77777777" w:rsidR="00473BEE" w:rsidRPr="00AF44B8" w:rsidRDefault="00473BEE" w:rsidP="008E02CB">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C26687">
-[...25 lines deleted...]
-              <w:t>SOLICITANTE</w:t>
+            <w:r w:rsidRPr="00AF44B8">
+              <w:rPr>
+                <w:b/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>DATOS IDENTIFICATIVOS DO/A SOLICITANTE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00473BEE" w14:paraId="1DC8074E" w14:textId="77777777" w:rsidTr="008E02CB">
+      <w:tr w:rsidR="00473BEE" w:rsidRPr="00AF44B8" w14:paraId="263C53C7" w14:textId="77777777" w:rsidTr="008E02CB">
         <w:trPr>
           <w:trHeight w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="441E0F3F" w14:textId="77777777" w:rsidR="00473BEE" w:rsidRPr="004D4025" w:rsidRDefault="00473BEE" w:rsidP="008E02CB">
+          <w:p w14:paraId="038A7D5B" w14:textId="77777777" w:rsidR="00473BEE" w:rsidRPr="00AF44B8" w:rsidRDefault="00473BEE" w:rsidP="008E02CB">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
             </w:pPr>
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
               <w:t>Seleccione o tipo:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="503BB628" w14:textId="77777777" w:rsidR="00473BEE" w:rsidRPr="001A3415" w:rsidRDefault="00936875" w:rsidP="008E02CB">
+          <w:p w14:paraId="72F7C48D" w14:textId="77777777" w:rsidR="00473BEE" w:rsidRPr="00AF44B8" w:rsidRDefault="00ED7979" w:rsidP="008E02CB">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="366105516"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00473BEE">
+                <w:r w:rsidR="005233E4" w:rsidRPr="00AF44B8">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00473BEE" w:rsidRPr="001A687C">
-[...3 lines deleted...]
-              <w:t xml:space="preserve">A      </w:t>
+            <w:r w:rsidR="00473BEE" w:rsidRPr="00AF44B8">
+              <w:t xml:space="preserve">PERSOA FÍSICA      </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1652716656"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00473BEE">
+                <w:r w:rsidR="00EB2772" w:rsidRPr="00AF44B8">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00473BEE">
-              <w:t>PERSOA XURÍDICA OU ENTIDADE SEN PERSONALIDADE XURÍDICA</w:t>
+            <w:r w:rsidR="00EB2772" w:rsidRPr="00AF44B8">
+              <w:t xml:space="preserve">PERSOA XURÍDICA </w:t>
+            </w:r>
+            <w:r w:rsidR="00473BEE" w:rsidRPr="00AF44B8">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="1750846763"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00EB2772" w:rsidRPr="00AF44B8">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00473BEE" w:rsidRPr="00AF44B8">
+              <w:t>ENTIDADE SEN PERSONALIDADE XURÍDICA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00473BEE" w14:paraId="4641DFCF" w14:textId="77777777" w:rsidTr="008E02CB">
+      <w:tr w:rsidR="00473BEE" w:rsidRPr="00AF44B8" w14:paraId="1CE02E58" w14:textId="77777777" w:rsidTr="00030025">
         <w:trPr>
           <w:trHeight w:val="194"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="841" w:type="pct"/>
+            <w:tcW w:w="828" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1DCD0EF5" w14:textId="77777777" w:rsidR="00473BEE" w:rsidRPr="004D4025" w:rsidRDefault="00473BEE" w:rsidP="008E02CB">
+          <w:p w14:paraId="7366CB30" w14:textId="77777777" w:rsidR="00473BEE" w:rsidRPr="00AF44B8" w:rsidRDefault="00473BEE" w:rsidP="008E02CB">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
             </w:pPr>
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
               <w:t>Nome (e apelidos)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2336" w:type="pct"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2533" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5EC39BC1" w14:textId="77777777" w:rsidR="00473BEE" w:rsidRPr="004D4025" w:rsidRDefault="00473BEE" w:rsidP="008E02CB">
+          <w:p w14:paraId="498DDEBB" w14:textId="77777777" w:rsidR="00473BEE" w:rsidRPr="00AF44B8" w:rsidRDefault="00473BEE" w:rsidP="008E02CB">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
             </w:pPr>
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:default w:val="(escriba aquí)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
               <w:t>(escriba aquí)</w:t>
             </w:r>
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="765" w:type="pct"/>
+            <w:tcW w:w="673" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="113B1149" w14:textId="77777777" w:rsidR="00473BEE" w:rsidRPr="004D4025" w:rsidRDefault="00473BEE" w:rsidP="008E02CB">
+          <w:p w14:paraId="62A69428" w14:textId="77777777" w:rsidR="00473BEE" w:rsidRPr="00AF44B8" w:rsidRDefault="00473BEE" w:rsidP="008E02CB">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
             </w:pPr>
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
               <w:t>NIF/CIF</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1058" w:type="pct"/>
+            <w:tcW w:w="966" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2212CCA7" w14:textId="77777777" w:rsidR="00473BEE" w:rsidRPr="004D4025" w:rsidRDefault="00473BEE" w:rsidP="008E02CB">
+          <w:p w14:paraId="2B8EB5C6" w14:textId="77777777" w:rsidR="00473BEE" w:rsidRPr="00AF44B8" w:rsidRDefault="00473BEE" w:rsidP="008E02CB">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
             </w:pPr>
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:default w:val="(escriba aquí)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
               <w:t>(escriba aquí)</w:t>
             </w:r>
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00473BEE" w14:paraId="2AB55CD2" w14:textId="77777777" w:rsidTr="008E02CB">
+      <w:tr w:rsidR="00473BEE" w:rsidRPr="00AF44B8" w14:paraId="4E7BB631" w14:textId="77777777" w:rsidTr="008E02CB">
         <w:trPr>
           <w:trHeight w:val="194"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6833EA6E" w14:textId="77777777" w:rsidR="00473BEE" w:rsidRPr="004D4025" w:rsidRDefault="00936875" w:rsidP="008E02CB">
+          <w:p w14:paraId="5F5EAF66" w14:textId="77777777" w:rsidR="00473BEE" w:rsidRPr="00AF44B8" w:rsidRDefault="00ED7979" w:rsidP="008E02CB">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1538345377"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00473BEE">
+                <w:r w:rsidR="00473BEE" w:rsidRPr="00AF44B8">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00473BEE">
-              <w:t>PERSOA XURÍDICA OU ENTIDADE SEN PERSONALIDADE XURÍDICA</w:t>
+            <w:r w:rsidR="00473BEE" w:rsidRPr="00AF44B8">
+              <w:t xml:space="preserve">PERSOA XURÍDICA </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-1504349833"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00EB2772" w:rsidRPr="00AF44B8">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00473BEE" w:rsidRPr="00AF44B8">
+              <w:t>ENTIDADE SEN PERSONALIDADE XURÍDICA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00473BEE" w14:paraId="40D24C86" w14:textId="77777777" w:rsidTr="008E02CB">
+      <w:tr w:rsidR="00473BEE" w:rsidRPr="00AF44B8" w14:paraId="35FCFB87" w14:textId="77777777" w:rsidTr="00030025">
         <w:trPr>
           <w:trHeight w:val="194"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="841" w:type="pct"/>
+            <w:tcW w:w="828" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0AB6BC7C" w14:textId="77777777" w:rsidR="00473BEE" w:rsidRPr="004D4025" w:rsidRDefault="00473BEE" w:rsidP="008E02CB">
+          <w:p w14:paraId="7B096358" w14:textId="77777777" w:rsidR="00473BEE" w:rsidRPr="00AF44B8" w:rsidRDefault="00473BEE" w:rsidP="008E02CB">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
             </w:pPr>
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
               <w:t>Nome da persoa xurídica</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2336" w:type="pct"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2533" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1F698C82" w14:textId="77777777" w:rsidR="00473BEE" w:rsidRPr="004D4025" w:rsidRDefault="00473BEE" w:rsidP="008E02CB">
+          <w:p w14:paraId="3235163D" w14:textId="77777777" w:rsidR="00473BEE" w:rsidRPr="00AF44B8" w:rsidRDefault="00473BEE" w:rsidP="008E02CB">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
             </w:pPr>
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:default w:val="(escriba aquí)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
               <w:t>(escriba aquí)</w:t>
             </w:r>
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="765" w:type="pct"/>
+            <w:tcW w:w="673" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2F401831" w14:textId="77777777" w:rsidR="00473BEE" w:rsidRPr="004D4025" w:rsidRDefault="00473BEE" w:rsidP="008E02CB">
+          <w:p w14:paraId="39A2F1F6" w14:textId="77777777" w:rsidR="00473BEE" w:rsidRPr="00AF44B8" w:rsidRDefault="00473BEE" w:rsidP="008E02CB">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
             </w:pPr>
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
               <w:t>CIF</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1058" w:type="pct"/>
+            <w:tcW w:w="966" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="48ECD5C9" w14:textId="77777777" w:rsidR="00473BEE" w:rsidRPr="004D4025" w:rsidRDefault="00473BEE" w:rsidP="008E02CB">
+          <w:p w14:paraId="3B292F01" w14:textId="77777777" w:rsidR="00473BEE" w:rsidRPr="00AF44B8" w:rsidRDefault="00473BEE" w:rsidP="008E02CB">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
             </w:pPr>
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:default w:val="(escriba aquí)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
               <w:t>(escriba aquí)</w:t>
             </w:r>
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00473BEE" w14:paraId="72843054" w14:textId="77777777" w:rsidTr="008E02CB">
+      <w:tr w:rsidR="00473BEE" w:rsidRPr="00AF44B8" w14:paraId="15DE55B6" w14:textId="77777777" w:rsidTr="00030025">
         <w:trPr>
           <w:trHeight w:val="194"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="841" w:type="pct"/>
+            <w:tcW w:w="828" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5ECE759D" w14:textId="77777777" w:rsidR="00473BEE" w:rsidRPr="004D4025" w:rsidRDefault="00473BEE" w:rsidP="008E02CB">
+          <w:p w14:paraId="454A2C6E" w14:textId="77777777" w:rsidR="00473BEE" w:rsidRPr="00AF44B8" w:rsidRDefault="00473BEE" w:rsidP="008E02CB">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
             </w:pPr>
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
               <w:t>Nome (e apelidos) do representante da persoa xurídica</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2336" w:type="pct"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2533" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3182E612" w14:textId="77777777" w:rsidR="00473BEE" w:rsidRPr="004D4025" w:rsidRDefault="00473BEE" w:rsidP="008E02CB">
+          <w:p w14:paraId="49974F41" w14:textId="77777777" w:rsidR="00473BEE" w:rsidRPr="00AF44B8" w:rsidRDefault="00473BEE" w:rsidP="008E02CB">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
             </w:pPr>
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:default w:val="(escriba aquí)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
               <w:t>(escriba aquí)</w:t>
             </w:r>
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="765" w:type="pct"/>
+            <w:tcW w:w="673" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="05C118CF" w14:textId="77777777" w:rsidR="00473BEE" w:rsidRPr="004D4025" w:rsidRDefault="00473BEE" w:rsidP="008E02CB">
+          <w:p w14:paraId="4CC83B8B" w14:textId="77777777" w:rsidR="00473BEE" w:rsidRPr="00AF44B8" w:rsidRDefault="00473BEE" w:rsidP="008E02CB">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
             </w:pPr>
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
               <w:t>NIF</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1058" w:type="pct"/>
+            <w:tcW w:w="966" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5BE16FA0" w14:textId="77777777" w:rsidR="00473BEE" w:rsidRPr="004D4025" w:rsidRDefault="00473BEE" w:rsidP="008E02CB">
+          <w:p w14:paraId="38A10F8D" w14:textId="77777777" w:rsidR="00473BEE" w:rsidRPr="00AF44B8" w:rsidRDefault="00473BEE" w:rsidP="008E02CB">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
             </w:pPr>
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:default w:val="(escriba aquí)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
               <w:t>(escriba aquí)</w:t>
             </w:r>
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00473BEE" w14:paraId="0E063438" w14:textId="77777777" w:rsidTr="008E02CB">
+      <w:tr w:rsidR="00473BEE" w:rsidRPr="00AF44B8" w14:paraId="274658F9" w14:textId="77777777" w:rsidTr="008E02CB">
         <w:trPr>
           <w:trHeight w:val="428"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="543EF33C" w14:textId="77777777" w:rsidR="00473BEE" w:rsidRPr="00FF6B78" w:rsidRDefault="00473BEE" w:rsidP="008E02CB">
+          <w:p w14:paraId="0D8AF785" w14:textId="77777777" w:rsidR="00473BEE" w:rsidRPr="00AF44B8" w:rsidRDefault="00473BEE" w:rsidP="00AE3295">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FF6B78">
-[...4 lines deleted...]
-              <w:t>Datos de contacto do/da solicitante, a efectos de notificacións electrónicas</w:t>
+            <w:r w:rsidRPr="00AF44B8">
+              <w:rPr>
+                <w:b/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Datos de contacto do/da solicitante, a efectos de notificacións </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00473BEE" w14:paraId="3050D165" w14:textId="77777777" w:rsidTr="008E02CB">
+      <w:tr w:rsidR="00EB2772" w:rsidRPr="00AF44B8" w14:paraId="216BC032" w14:textId="77777777" w:rsidTr="008E02CB">
         <w:trPr>
-          <w:trHeight w:val="204"/>
+          <w:trHeight w:val="428"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="841" w:type="pct"/>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w14:paraId="1F0DFFA5" w14:textId="77777777" w:rsidR="00473BEE" w:rsidRPr="004D4025" w:rsidRDefault="00473BEE" w:rsidP="008E02CB">
+          </w:tcPr>
+          <w:p w14:paraId="50D01003" w14:textId="77777777" w:rsidR="00EB2772" w:rsidRPr="00AF44B8" w:rsidRDefault="00EB2772" w:rsidP="008E02CB">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
             </w:pPr>
-            <w:r w:rsidRPr="004D4025">
-[...6 lines deleted...]
-            <w:tcW w:w="986" w:type="pct"/>
+            <w:r w:rsidRPr="00AF44B8">
+              <w:t>ELECCIÓN D</w:t>
+            </w:r>
+            <w:r w:rsidR="00AE3295" w:rsidRPr="00AF44B8">
+              <w:t>O</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF44B8">
+              <w:t xml:space="preserve"> MEDIO DE NOTIFICACIÓN PREFERENTE </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59032ED6" w14:textId="77777777" w:rsidR="00EB2772" w:rsidRPr="00AF44B8" w:rsidRDefault="00EB2772" w:rsidP="008E02CB">
+            <w:pPr>
+              <w:pStyle w:val="c9Textocorpotboas1Portos"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6A28A939" w14:textId="77777777" w:rsidR="00AE3295" w:rsidRPr="00AF44B8" w:rsidRDefault="00AE3295" w:rsidP="008E02CB">
+            <w:pPr>
+              <w:pStyle w:val="c9Textocorpotboas1Portos"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF44B8">
+              <w:t xml:space="preserve">Notifíquese a: </w:t>
+            </w:r>
+            <w:r w:rsidR="00030025" w:rsidRPr="00AF44B8">
+              <w:t xml:space="preserve">            </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-670721612"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00AF44B8">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidRPr="00AF44B8">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00030025" w:rsidRPr="00AF44B8">
+              <w:t>Perso</w:t>
+            </w:r>
+            <w:r w:rsidR="00BF0214" w:rsidRPr="00AF44B8">
+              <w:t xml:space="preserve">a ou </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF44B8">
+              <w:t>entidad</w:t>
+            </w:r>
+            <w:r w:rsidR="00030025" w:rsidRPr="00AF44B8">
+              <w:t>e</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF44B8">
+              <w:t xml:space="preserve"> solicitante</w:t>
+            </w:r>
+            <w:r w:rsidR="00030025" w:rsidRPr="00AF44B8">
+              <w:t xml:space="preserve">       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF44B8">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="27156220"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00AF44B8">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidRPr="00AF44B8">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00030025" w:rsidRPr="00AF44B8">
+              <w:t>Persoa o</w:t>
+            </w:r>
+            <w:r w:rsidR="00BF0214" w:rsidRPr="00AF44B8">
+              <w:t>u</w:t>
+            </w:r>
+            <w:r w:rsidR="00030025" w:rsidRPr="00AF44B8">
+              <w:t xml:space="preserve"> entidade </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF44B8">
+              <w:t>representante</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34F0D59C" w14:textId="77777777" w:rsidR="00030025" w:rsidRPr="00AF44B8" w:rsidRDefault="00030025" w:rsidP="00EB2772">
+            <w:pPr>
+              <w:pStyle w:val="c9Textocorpotboas1Portos"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="163F9CB6" w14:textId="77777777" w:rsidR="00030025" w:rsidRPr="00AF44B8" w:rsidRDefault="00030025" w:rsidP="00030025">
+            <w:pPr>
+              <w:pStyle w:val="c9Textocorpotboas1Portos"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF44B8">
+              <w:t>Enviaranse avisos da posta a disposición da notificación no cor</w:t>
+            </w:r>
+            <w:r w:rsidR="00E46E9A" w:rsidRPr="00AF44B8">
+              <w:t>reo electrónico e</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF44B8">
+              <w:t>/o</w:t>
+            </w:r>
+            <w:r w:rsidR="00E46E9A" w:rsidRPr="00AF44B8">
+              <w:t>u</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF44B8">
+              <w:t xml:space="preserve"> teléfono mó</w:t>
+            </w:r>
+            <w:r w:rsidR="00E46E9A" w:rsidRPr="00AF44B8">
+              <w:t>b</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF44B8">
+              <w:t>il facilitados a continuación:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB2772" w:rsidRPr="00AF44B8" w14:paraId="66C18A61" w14:textId="77777777" w:rsidTr="00E46E9A">
+        <w:trPr>
+          <w:trHeight w:val="204"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="828" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7715125D" w14:textId="77777777" w:rsidR="00473BEE" w:rsidRPr="004D4025" w:rsidRDefault="00473BEE" w:rsidP="008E02CB">
+          <w:p w14:paraId="3DB8FBFB" w14:textId="77777777" w:rsidR="00EB2772" w:rsidRPr="00AF44B8" w:rsidRDefault="00EB2772" w:rsidP="008E02CB">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
             </w:pPr>
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
+              <w:t>Correo electrónico</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1615" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7CA7A066" w14:textId="77777777" w:rsidR="00EB2772" w:rsidRPr="00AF44B8" w:rsidRDefault="00EB2772" w:rsidP="008E02CB">
+            <w:pPr>
+              <w:pStyle w:val="c9Textocorpotboas1Portos"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF44B8">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:default w:val="(escriba aquí)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
               <w:t>(escriba aquí)</w:t>
             </w:r>
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="597" w:type="pct"/>
+            <w:tcW w:w="918" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7E6E672D" w14:textId="77777777" w:rsidR="00473BEE" w:rsidRPr="004D4025" w:rsidRDefault="00473BEE" w:rsidP="008E02CB">
+          <w:p w14:paraId="45C16F8D" w14:textId="77777777" w:rsidR="00EB2772" w:rsidRPr="00AF44B8" w:rsidRDefault="00EB2772" w:rsidP="008E02CB">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
             </w:pPr>
-            <w:r w:rsidRPr="004D4025">
-[...6 lines deleted...]
-            <w:tcW w:w="753" w:type="pct"/>
+            <w:r w:rsidRPr="00AF44B8">
+              <w:t>Teléfono móbil</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1639" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6C79310A" w14:textId="77777777" w:rsidR="00473BEE" w:rsidRPr="004D4025" w:rsidRDefault="00473BEE" w:rsidP="008E02CB">
+          <w:p w14:paraId="28E14FDD" w14:textId="77777777" w:rsidR="00EB2772" w:rsidRPr="00AF44B8" w:rsidRDefault="00EB2772" w:rsidP="008E02CB">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
             </w:pPr>
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:default w:val="(escriba aquí)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
               <w:t>(escriba aquí)</w:t>
             </w:r>
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...1 lines deleted...]
-            <w:tcW w:w="765" w:type="pct"/>
+      </w:tr>
+      <w:tr w:rsidR="00030025" w:rsidRPr="00AF44B8" w14:paraId="67DAEB47" w14:textId="77777777" w:rsidTr="00030025">
+        <w:trPr>
+          <w:trHeight w:val="204"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w14:paraId="005B4B0B" w14:textId="77777777" w:rsidR="00473BEE" w:rsidRPr="004D4025" w:rsidRDefault="00473BEE" w:rsidP="008E02CB">
+          </w:tcPr>
+          <w:p w14:paraId="29E694D0" w14:textId="77777777" w:rsidR="00E46E9A" w:rsidRPr="00AF44B8" w:rsidRDefault="00E46E9A" w:rsidP="00030025">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
             </w:pPr>
-            <w:r w:rsidRPr="004D4025">
-[...6 lines deleted...]
-            <w:tcW w:w="1058" w:type="pct"/>
+          </w:p>
+          <w:p w14:paraId="0DE7C6C8" w14:textId="77777777" w:rsidR="00030025" w:rsidRPr="00AF44B8" w:rsidRDefault="00030025" w:rsidP="00030025">
+            <w:pPr>
+              <w:pStyle w:val="c9Textocorpotboas1Portos"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF44B8">
+              <w:t>As persoas obrigadas a relacionarse a través de medios electrónicos coa administración deberán optar, en todo caso, pola notificación por medios electrónicos sen que sexa válida para elas, nin produza efectos, unha opción diferente.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0FC1AA9F" w14:textId="77777777" w:rsidR="00030025" w:rsidRPr="00AF44B8" w:rsidRDefault="00030025" w:rsidP="00030025">
+            <w:pPr>
+              <w:pStyle w:val="c9Textocorpotboas1Portos"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="13BB3F93" w14:textId="77777777" w:rsidR="00030025" w:rsidRPr="00AF44B8" w:rsidRDefault="00ED7979" w:rsidP="00030025">
+            <w:pPr>
+              <w:pStyle w:val="c9Textocorpotboas1Portos"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-311482382"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00AD2642" w:rsidRPr="00AF44B8">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00030025" w:rsidRPr="00AF44B8">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00030025" w:rsidRPr="00AF44B8">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Electrónica</w:t>
+            </w:r>
+            <w:r w:rsidR="00030025" w:rsidRPr="00AF44B8">
+              <w:t xml:space="preserve"> a través del Sistema de notificación electrónica de Galicia-Notifica.gal, https://notifica.xunta.gal. Solo poderase acceder a la notificación co certificado electrónico asociado ao NIF da persoa indicada. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1182AB85" w14:textId="77777777" w:rsidR="00030025" w:rsidRPr="00AF44B8" w:rsidRDefault="00030025" w:rsidP="00030025">
+            <w:pPr>
+              <w:pStyle w:val="c9Textocorpotboas1Portos"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5CFABADF" w14:textId="77777777" w:rsidR="00030025" w:rsidRPr="00AF44B8" w:rsidRDefault="00ED7979" w:rsidP="00030025">
+            <w:pPr>
+              <w:pStyle w:val="c9Textocorpotboas1Portos"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-858817407"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00AD2642" w:rsidRPr="00AF44B8">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00030025" w:rsidRPr="00AF44B8">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00030025" w:rsidRPr="00AF44B8">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Postal</w:t>
+            </w:r>
+            <w:r w:rsidR="00030025" w:rsidRPr="00AF44B8">
+              <w:t xml:space="preserve"> (cubrir o enderezo postal a continuación). </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19DFE7A3" w14:textId="77777777" w:rsidR="00030025" w:rsidRPr="00AF44B8" w:rsidRDefault="00030025" w:rsidP="00030025">
+            <w:pPr>
+              <w:pStyle w:val="c9Textocorpotboas1Portos"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3DC61DE6" w14:textId="77777777" w:rsidR="00030025" w:rsidRPr="00AF44B8" w:rsidRDefault="00030025" w:rsidP="008E02CB">
+            <w:pPr>
+              <w:pStyle w:val="c9Textocorpotboas1Portos"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF44B8">
+              <w:t>As notificacións que se practiquen en papel estarán tamén a disposición da persoa indicada anteriormente no Sistema de notificación electrónica de Galicia-Notifica.gal, para que poida acceder ao seu contido de forma voluntaria.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7475D78B" w14:textId="77777777" w:rsidR="00030025" w:rsidRPr="00AF44B8" w:rsidRDefault="00030025" w:rsidP="008E02CB">
+            <w:pPr>
+              <w:pStyle w:val="c9Textocorpotboas1Portos"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00473BEE" w14:paraId="7A2EC61B" w14:textId="77777777" w:rsidTr="00030025">
+        <w:trPr>
+          <w:trHeight w:val="204"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="828" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="495A8298" w14:textId="77777777" w:rsidR="00473BEE" w:rsidRPr="004D4025" w:rsidRDefault="00473BEE" w:rsidP="008E02CB">
+          <w:p w14:paraId="5480DF54" w14:textId="77777777" w:rsidR="00473BEE" w:rsidRPr="00AF44B8" w:rsidRDefault="00473BEE" w:rsidP="008E02CB">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
             </w:pPr>
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
+              <w:lastRenderedPageBreak/>
+              <w:t>Enderezo postal</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4172" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6F047FDD" w14:textId="77777777" w:rsidR="00473BEE" w:rsidRPr="00AF44B8" w:rsidRDefault="00473BEE" w:rsidP="008E02CB">
+            <w:pPr>
+              <w:pStyle w:val="c9Textocorpotboas1Portos"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF44B8">
+              <w:t xml:space="preserve">Tipo de vía </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF44B8">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:default w:val="(escriba aquí)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
               <w:t>(escriba aquí)</w:t>
             </w:r>
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-          </w:p>
-[...47 lines deleted...]
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
+              <w:t xml:space="preserve">  Nome da vía </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF44B8">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:default w:val="(escriba aquí)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
               <w:t>(escriba aquí)</w:t>
             </w:r>
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="004D4025">
-[...2 lines deleted...]
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
+              <w:t xml:space="preserve">  Número </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF44B8">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:default w:val="(escriba aquí)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
               <w:t>(escriba aquí)</w:t>
             </w:r>
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="004D4025">
-[...2 lines deleted...]
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1AAA4623" w14:textId="77777777" w:rsidR="00473BEE" w:rsidRPr="00AF44B8" w:rsidRDefault="00473BEE" w:rsidP="008E02CB">
+            <w:pPr>
+              <w:pStyle w:val="c9Textocorpotboas1Portos"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF44B8">
+              <w:t xml:space="preserve">Bloque </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF44B8">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:default w:val="(escriba aquí)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
               <w:t>(escriba aquí)</w:t>
             </w:r>
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="004D4025">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
+              <w:t xml:space="preserve">  Andar </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF44B8">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:default w:val="(escriba aquí)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
               <w:t>(escriba aquí)</w:t>
             </w:r>
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="004D4025">
-[...2 lines deleted...]
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
+              <w:t xml:space="preserve">   Porta </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF44B8">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:default w:val="(escriba aquí)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
               <w:t>(escriba aquí)</w:t>
             </w:r>
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="004D4025">
-[...2 lines deleted...]
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11516224" w14:textId="77777777" w:rsidR="00473BEE" w:rsidRPr="004D4025" w:rsidRDefault="00473BEE" w:rsidP="008E02CB">
+            <w:pPr>
+              <w:pStyle w:val="c9Textocorpotboas1Portos"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF44B8">
+              <w:t xml:space="preserve">Código Postal </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF44B8">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:default w:val="(escriba aquí)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
               <w:t>(escriba aquí)</w:t>
             </w:r>
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="004D4025">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
+              <w:t xml:space="preserve"> Provincia </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF44B8">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:default w:val="(escriba aquí)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
               <w:t>(escriba aquí)</w:t>
             </w:r>
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="004D4025">
-[...2 lines deleted...]
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
+              <w:t xml:space="preserve"> Municipio </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF44B8">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:default w:val="(escriba aquí)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
               <w:t>(escriba aquí)</w:t>
             </w:r>
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="004D4025">
-[...2 lines deleted...]
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
+              <w:t xml:space="preserve"> Poboación </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF44B8">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:default w:val="(escriba aquí)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
               <w:t>(escriba aquí)</w:t>
             </w:r>
-            <w:r w:rsidRPr="004D4025">
-[...26 lines deleted...]
-            <w:r w:rsidRPr="004D4025">
+            <w:r w:rsidRPr="00AF44B8">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5524285F" w14:textId="15FF3139" w:rsidR="00106011" w:rsidRDefault="00106011" w:rsidP="004D4025">
+    <w:p w14:paraId="6F730180" w14:textId="77777777" w:rsidR="00106011" w:rsidRDefault="00106011" w:rsidP="004D4025">
+      <w:pPr>
+        <w:pStyle w:val="c9Textocorpotboas1Portos"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A0D89E8" w14:textId="77777777" w:rsidR="00BF0214" w:rsidRDefault="00BF0214" w:rsidP="004D4025">
       <w:pPr>
         <w:pStyle w:val="c9Textocorpotboas1Portos"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="399"/>
         <w:gridCol w:w="1158"/>
         <w:gridCol w:w="1425"/>
         <w:gridCol w:w="1124"/>
         <w:gridCol w:w="1244"/>
         <w:gridCol w:w="1252"/>
         <w:gridCol w:w="1802"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00473BEE" w14:paraId="1A62ECAD" w14:textId="77777777" w:rsidTr="008E02CB">
+      <w:tr w:rsidR="00473BEE" w14:paraId="435013B2" w14:textId="77777777" w:rsidTr="008E02CB">
         <w:trPr>
           <w:trHeight w:val="446"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="247E3FD1" w14:textId="77777777" w:rsidR="00473BEE" w:rsidRDefault="00473BEE" w:rsidP="008E02CB">
+          <w:p w14:paraId="64704D3D" w14:textId="77777777" w:rsidR="00473BEE" w:rsidRDefault="00473BEE" w:rsidP="008E02CB">
             <w:pPr>
               <w:pStyle w:val="T9TboasPortos"/>
             </w:pPr>
             <w:r>
               <w:t>DATOS IDENTIFICATIVOS DA PERSOA FÍSICA QUE REALIZA O TRÁMITE EN REPRESENTACIÓN DO/A SOLICITANTE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00473BEE" w14:paraId="3C8F192C" w14:textId="77777777" w:rsidTr="008E02CB">
+      <w:tr w:rsidR="00473BEE" w14:paraId="23E10C43" w14:textId="77777777" w:rsidTr="008E02CB">
         <w:trPr>
           <w:trHeight w:val="198"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="237" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:id w:val="847440870"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w14:paraId="601E61B7" w14:textId="77777777" w:rsidR="00473BEE" w:rsidRDefault="00473BEE" w:rsidP="008E02CB">
+              <w:p w14:paraId="72107B23" w14:textId="77777777" w:rsidR="00473BEE" w:rsidRDefault="00473BEE" w:rsidP="008E02CB">
                 <w:pPr>
                   <w:spacing w:line="264" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:color w:val="000000" w:themeColor="text1"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:color w:val="000000" w:themeColor="text1"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4763" w:type="pct"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0897A484" w14:textId="77777777" w:rsidR="00473BEE" w:rsidRDefault="00473BEE" w:rsidP="008E02CB">
+          <w:p w14:paraId="7D50E7FF" w14:textId="77777777" w:rsidR="00473BEE" w:rsidRDefault="00473BEE" w:rsidP="008E02CB">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Marque este recadro se os datos da persoa física representante do solicitante son os mesmos que os indicados con anterioridade</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00473BEE" w14:paraId="2BD3FFAE" w14:textId="77777777" w:rsidTr="008E02CB">
+      <w:tr w:rsidR="00473BEE" w14:paraId="1459BF5D" w14:textId="77777777" w:rsidTr="008E02CB">
         <w:trPr>
           <w:trHeight w:val="198"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="58C56FD2" w14:textId="77777777" w:rsidR="00473BEE" w:rsidRDefault="00473BEE" w:rsidP="008E02CB">
+          <w:p w14:paraId="0BA02C1A" w14:textId="77777777" w:rsidR="00473BEE" w:rsidRDefault="00473BEE" w:rsidP="008E02CB">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
             </w:pPr>
             <w:r>
               <w:t>Nome (e apelidos)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2257" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="295FA607" w14:textId="77777777" w:rsidR="00473BEE" w:rsidRDefault="00473BEE" w:rsidP="008E02CB">
+          <w:p w14:paraId="1AC8990B" w14:textId="77777777" w:rsidR="00473BEE" w:rsidRDefault="00473BEE" w:rsidP="008E02CB">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:default w:val="(escriba aquí)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
@@ -1555,78 +1837,78 @@
                 <w:noProof/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>(escriba aquí)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="745" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5571331B" w14:textId="77777777" w:rsidR="00473BEE" w:rsidRDefault="00473BEE" w:rsidP="008E02CB">
+          <w:p w14:paraId="1CA40C4C" w14:textId="77777777" w:rsidR="00473BEE" w:rsidRDefault="00473BEE" w:rsidP="008E02CB">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>NIF</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1073" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="72C28778" w14:textId="77777777" w:rsidR="00473BEE" w:rsidRDefault="00473BEE" w:rsidP="008E02CB">
+          <w:p w14:paraId="5C787628" w14:textId="77777777" w:rsidR="00473BEE" w:rsidRDefault="00473BEE" w:rsidP="008E02CB">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:default w:val="(escriba aquí)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
@@ -1637,90 +1919,90 @@
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>(escriba aquí)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00473BEE" w14:paraId="4772FA79" w14:textId="77777777" w:rsidTr="008E02CB">
+      <w:tr w:rsidR="00473BEE" w14:paraId="227A9BCA" w14:textId="77777777" w:rsidTr="008E02CB">
         <w:trPr>
           <w:trHeight w:val="198"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7F047E10" w14:textId="77777777" w:rsidR="00473BEE" w:rsidRDefault="00473BEE" w:rsidP="008E02CB">
+          <w:p w14:paraId="520F1CAA" w14:textId="77777777" w:rsidR="00473BEE" w:rsidRDefault="00473BEE" w:rsidP="008E02CB">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
             </w:pPr>
             <w:r>
               <w:t>Empresa e Cargo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4074" w:type="pct"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6A65336E" w14:textId="77777777" w:rsidR="00473BEE" w:rsidRDefault="00473BEE" w:rsidP="008E02CB">
+          <w:p w14:paraId="28CB8358" w14:textId="77777777" w:rsidR="00473BEE" w:rsidRDefault="00473BEE" w:rsidP="008E02CB">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:default w:val="(escriba aquí)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
@@ -1731,134 +2013,133 @@
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>(escriba aquí)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00473BEE" w14:paraId="0EE60F89" w14:textId="77777777" w:rsidTr="008E02CB">
+      <w:tr w:rsidR="00473BEE" w14:paraId="19D8EBBB" w14:textId="77777777" w:rsidTr="008E02CB">
         <w:trPr>
           <w:trHeight w:val="437"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="20FFC2EF" w14:textId="2C54AFC6" w:rsidR="00473BEE" w:rsidRDefault="00473BEE" w:rsidP="008E02CB">
+          <w:p w14:paraId="54B75F89" w14:textId="77777777" w:rsidR="00473BEE" w:rsidRDefault="00473BEE" w:rsidP="008E02CB">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Datos de contacto da persoa física representante do</w:t>
             </w:r>
             <w:r w:rsidR="00F61232">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>/a</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> solicitante </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00473BEE" w14:paraId="662672CC" w14:textId="77777777" w:rsidTr="008E02CB">
+      <w:tr w:rsidR="00473BEE" w14:paraId="0C1B1DD9" w14:textId="77777777" w:rsidTr="008E02CB">
         <w:trPr>
           <w:trHeight w:val="208"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2AEEC3E7" w14:textId="77777777" w:rsidR="00473BEE" w:rsidRDefault="00473BEE" w:rsidP="008E02CB">
+          <w:p w14:paraId="31D81A0F" w14:textId="77777777" w:rsidR="00473BEE" w:rsidRDefault="00473BEE" w:rsidP="008E02CB">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
             </w:pPr>
             <w:r>
-              <w:lastRenderedPageBreak/>
               <w:t>Correo electrónico</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="848" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="24DE332F" w14:textId="77777777" w:rsidR="00473BEE" w:rsidRDefault="00473BEE" w:rsidP="008E02CB">
+          <w:p w14:paraId="4A6C82F9" w14:textId="77777777" w:rsidR="00473BEE" w:rsidRDefault="00473BEE" w:rsidP="008E02CB">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:default w:val="(escriba aquí)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="14"/>
@@ -1881,78 +2162,78 @@
                 <w:noProof/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>(escriba aquí)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="669" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7B5E69BD" w14:textId="77777777" w:rsidR="00473BEE" w:rsidRDefault="00473BEE" w:rsidP="008E02CB">
+          <w:p w14:paraId="3FE955E9" w14:textId="77777777" w:rsidR="00473BEE" w:rsidRDefault="00473BEE" w:rsidP="008E02CB">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Teléfono fixo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="740" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="700B656D" w14:textId="77777777" w:rsidR="00473BEE" w:rsidRDefault="00473BEE" w:rsidP="008E02CB">
+          <w:p w14:paraId="7591A21C" w14:textId="77777777" w:rsidR="00473BEE" w:rsidRDefault="00473BEE" w:rsidP="008E02CB">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:default w:val="(escriba aquí)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
@@ -1974,78 +2255,78 @@
                 <w:noProof/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>(escriba aquí)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="745" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="003F0ADA" w14:textId="77777777" w:rsidR="00473BEE" w:rsidRDefault="00473BEE" w:rsidP="008E02CB">
+          <w:p w14:paraId="6F04FD89" w14:textId="77777777" w:rsidR="00473BEE" w:rsidRDefault="00473BEE" w:rsidP="008E02CB">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Teléfono móbil</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1073" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0D8FF13D" w14:textId="77777777" w:rsidR="00473BEE" w:rsidRDefault="00473BEE" w:rsidP="008E02CB">
+          <w:p w14:paraId="2D7F6A3B" w14:textId="77777777" w:rsidR="00473BEE" w:rsidRDefault="00473BEE" w:rsidP="008E02CB">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:default w:val="(escriba aquí)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
@@ -2056,89 +2337,89 @@
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>(escriba aquí)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00473BEE" w14:paraId="242B0853" w14:textId="77777777" w:rsidTr="008E02CB">
+      <w:tr w:rsidR="00473BEE" w14:paraId="49871591" w14:textId="77777777" w:rsidTr="008E02CB">
         <w:trPr>
           <w:trHeight w:val="208"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6C0EE8CF" w14:textId="77777777" w:rsidR="00473BEE" w:rsidRDefault="00473BEE" w:rsidP="008E02CB">
+          <w:p w14:paraId="0754BB18" w14:textId="77777777" w:rsidR="00473BEE" w:rsidRDefault="00473BEE" w:rsidP="008E02CB">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
             </w:pPr>
             <w:r>
               <w:t>Enderezo postal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4074" w:type="pct"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1306446A" w14:textId="77777777" w:rsidR="00473BEE" w:rsidRDefault="00473BEE" w:rsidP="008E02CB">
+          <w:p w14:paraId="589A301B" w14:textId="77777777" w:rsidR="00473BEE" w:rsidRDefault="00473BEE" w:rsidP="008E02CB">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">Tipo de vía </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:default w:val="(escriba aquí)"/>
                   </w:textInput>
                 </w:ffData>
@@ -2261,51 +2542,51 @@
               <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>(escriba aquí)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="727B49AE" w14:textId="77777777" w:rsidR="00473BEE" w:rsidRDefault="00473BEE" w:rsidP="008E02CB">
+          <w:p w14:paraId="2E3451FA" w14:textId="77777777" w:rsidR="00473BEE" w:rsidRDefault="00473BEE" w:rsidP="008E02CB">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">Bloque </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:default w:val="(escriba aquí)"/>
                   </w:textInput>
                 </w:ffData>
@@ -2428,51 +2709,51 @@
               <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>(escriba aquí)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7EC69ABC" w14:textId="77777777" w:rsidR="00473BEE" w:rsidRDefault="00473BEE" w:rsidP="008E02CB">
+          <w:p w14:paraId="2839B951" w14:textId="77777777" w:rsidR="00473BEE" w:rsidRDefault="00473BEE" w:rsidP="008E02CB">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">Código Postal </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:default w:val="(escriba aquí)"/>
                   </w:textInput>
                 </w:ffData>
@@ -2643,611 +2924,99 @@
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>(escriba aquí)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7A101C57" w14:textId="77777777" w:rsidR="00473BEE" w:rsidRDefault="00473BEE" w:rsidP="004D4025">
-[...511 lines deleted...]
-    <w:p w14:paraId="0DFD216B" w14:textId="64041228" w:rsidR="004A6B00" w:rsidRDefault="004A6B00" w:rsidP="00106011">
+    <w:p w14:paraId="3A7ACC24" w14:textId="77777777" w:rsidR="004A6B00" w:rsidRDefault="004A6B00" w:rsidP="00106011">
       <w:pPr>
         <w:pStyle w:val="c11corpotextoPortos"/>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4205"/>
         <w:gridCol w:w="4199"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002F3012" w:rsidRPr="0043575B" w14:paraId="28F6C023" w14:textId="77777777" w:rsidTr="002F3012">
+      <w:tr w:rsidR="002F3012" w:rsidRPr="0043575B" w14:paraId="6CCB7DE3" w14:textId="77777777" w:rsidTr="002F3012">
         <w:trPr>
           <w:trHeight w:val="363"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="38762F06" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="0043575B" w:rsidRDefault="002F3012" w:rsidP="002F3012">
+          <w:p w14:paraId="13F65946" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="0043575B" w:rsidRDefault="002F3012" w:rsidP="002F3012">
             <w:pPr>
               <w:pStyle w:val="T9ntitTboasPortos"/>
             </w:pPr>
             <w:r w:rsidRPr="0043575B">
               <w:t>CARACTERÍSTICAS BÁSICAS DA CONCESIÓN SOLICITADA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F3012" w:rsidRPr="0043575B" w14:paraId="61DB4F99" w14:textId="77777777" w:rsidTr="002F3012">
+      <w:tr w:rsidR="002F3012" w:rsidRPr="0043575B" w14:paraId="5419734E" w14:textId="77777777" w:rsidTr="002F3012">
         <w:trPr>
           <w:trHeight w:val="177"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2502" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1D35D915" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="0043575B" w:rsidRDefault="002F3012" w:rsidP="002F3012">
+          <w:p w14:paraId="55A954CA" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="0043575B" w:rsidRDefault="002F3012" w:rsidP="002F3012">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
             </w:pPr>
             <w:r w:rsidRPr="0043575B">
               <w:t>Porto da concesión solicitada</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2498" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="1320768263"/>
               <w:placeholder>
                 <w:docPart w:val="45346BB055BD490188809FDD620720E6"/>
               </w:placeholder>
               <w:showingPlcHdr/>
               <w:dropDownList>
                 <w:listItem w:value="Elija un elemento."/>
                 <w:listItem w:displayText="A GUARDA - MUNICIPIO: GUARDA (A) " w:value="A GUARDA - MUNICIPIO: GUARDA (A) "/>
                 <w:listItem w:displayText="A POBRA DO CARAMIÑAL - MUNICIPIO: POBRA DO CARAMIÑAL (A) " w:value="A POBRA DO CARAMIÑAL - MUNICIPIO: POBRA DO CARAMIÑAL (A) "/>
                 <w:listItem w:displayText="A TOXA - MUNICIPIO: GROVE (O) " w:value="A TOXA - MUNICIPIO: GROVE (O) "/>
@@ -3346,615 +3115,616 @@
                 <w:listItem w:displayText="RIBEIRA - MUNICIPIO: RIBEIRA " w:value="RIBEIRA - MUNICIPIO: RIBEIRA "/>
                 <w:listItem w:displayText="RINLO - MUNICIPIO: RIBADEO " w:value="RINLO - MUNICIPIO: RIBADEO "/>
                 <w:listItem w:displayText="SADA-FONTÁN - MUNICIPIO: SADA " w:value="SADA-FONTÁN - MUNICIPIO: SADA "/>
                 <w:listItem w:displayText="SAN CIBRAO - MUNICIPIO: CERVO " w:value="SAN CIBRAO - MUNICIPIO: CERVO "/>
                 <w:listItem w:displayText="SAN MIGUEL DE DEIRO - MUNICIPIO: VILANOVA DE AROUSA " w:value="SAN MIGUEL DE DEIRO - MUNICIPIO: VILANOVA DE AROUSA "/>
                 <w:listItem w:displayText="SAN PEDRO VISMA (O PORTIÑO) - MUNICIPIO: CORUÑA (A) " w:value="SAN PEDRO VISMA (O PORTIÑO) - MUNICIPIO: CORUÑA (A) "/>
                 <w:listItem w:displayText="SANTA CRUZ - MUNICIPIO: OLEIROS " w:value="SANTA CRUZ - MUNICIPIO: OLEIROS "/>
                 <w:listItem w:displayText="SANTA MARÍA DE OIA - MUNICIPIO: OIA " w:value="SANTA MARÍA DE OIA - MUNICIPIO: OIA "/>
                 <w:listItem w:displayText="SANTA MARIÑA- MUNICIPIO: CAMARIÑAS " w:value="SANTA MARIÑA- MUNICIPIO: CAMARIÑAS "/>
                 <w:listItem w:displayText="SANXENXO - MUNICIPIO: SANXENXO " w:value="SANXENXO - MUNICIPIO: SANXENXO "/>
                 <w:listItem w:displayText="SARDIÑEIRO - MUNICIPIO: FISTERRA " w:value="SARDIÑEIRO - MUNICIPIO: FISTERRA "/>
                 <w:listItem w:displayText="SEIXO - MUNICIPIO: MUGARDOS " w:value="SEIXO - MUNICIPIO: MUGARDOS "/>
                 <w:listItem w:displayText="SUEVOS - MUNICIPIO: ARTEIXO " w:value="SUEVOS - MUNICIPIO: ARTEIXO "/>
                 <w:listItem w:displayText="TARAGOÑA - MUNICIPIO: BOIRO " w:value="TARAGOÑA - MUNICIPIO: BOIRO "/>
                 <w:listItem w:displayText="TESTAL - MUNICIPIO: NOIA " w:value="TESTAL - MUNICIPIO: NOIA "/>
                 <w:listItem w:displayText="TRAGOVE - MUNICIPIO: CAMBADOS " w:value="TRAGOVE - MUNICIPIO: CAMBADOS "/>
                 <w:listItem w:displayText="VICEDO - MUNICIPIO: VICEDO (O) " w:value="VICEDO - MUNICIPIO: VICEDO (O) "/>
                 <w:listItem w:displayText="VILABOA - MUNICIPIO: VILABOA " w:value="VILABOA - MUNICIPIO: VILABOA "/>
                 <w:listItem w:displayText="VILANOVA DE AROUSA - MUNICIPIO: VILANOVA DE AROUSA " w:value="VILANOVA DE AROUSA - MUNICIPIO: VILANOVA DE AROUSA "/>
                 <w:listItem w:displayText="VILAXOÁN - MUNICIPIO: VILAGARCÍA DE AROUSA " w:value="VILAXOÁN - MUNICIPIO: VILAGARCÍA DE AROUSA "/>
                 <w:listItem w:displayText="VIVEIRO-CELEIRO - MUNICIPIO: VIVEIRO " w:value="VIVEIRO-CELEIRO - MUNICIPIO: VIVEIRO "/>
               </w:dropDownList>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w14:paraId="35D5B05A" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="00582B8F" w:rsidRDefault="002F3012" w:rsidP="002F3012">
+              <w:p w14:paraId="5C26B5CD" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="00582B8F" w:rsidRDefault="002F3012" w:rsidP="002F3012">
                 <w:pPr>
                   <w:pStyle w:val="c9Textocorpotboas1Portos"/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                     <w:sz w:val="14"/>
                     <w:szCs w:val="14"/>
                   </w:rPr>
                   <w:t xml:space="preserve">Clic aquí para seleccionar porto </w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F3012" w:rsidRPr="0043575B" w14:paraId="2C8D8CD0" w14:textId="77777777" w:rsidTr="002F3012">
+      <w:tr w:rsidR="002F3012" w:rsidRPr="0043575B" w14:paraId="2EFC22BF" w14:textId="77777777" w:rsidTr="002F3012">
         <w:trPr>
           <w:trHeight w:val="177"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2502" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="358997CB" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="0043575B" w:rsidRDefault="002F3012" w:rsidP="002F3012">
+          <w:p w14:paraId="6F695E82" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="0043575B" w:rsidRDefault="002F3012" w:rsidP="002F3012">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
             </w:pPr>
             <w:r w:rsidRPr="0043575B">
               <w:t>Superficie da concesión  (m</w:t>
             </w:r>
             <w:r w:rsidRPr="0043575B">
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="0043575B">
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2498" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A912035" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="0043575B" w:rsidRDefault="002F3012" w:rsidP="002F3012">
+          <w:p w14:paraId="385BA600" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="0043575B" w:rsidRDefault="002F3012" w:rsidP="002F3012">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
             </w:pPr>
             <w:r w:rsidRPr="0043575B">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:default w:val="(escriba aquí)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0043575B">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="0043575B">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0043575B">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>(escriba aquí)</w:t>
             </w:r>
             <w:r w:rsidRPr="0043575B">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F3012" w:rsidRPr="0043575B" w14:paraId="4FCE7834" w14:textId="77777777" w:rsidTr="002F3012">
+      <w:tr w:rsidR="002F3012" w:rsidRPr="0043575B" w14:paraId="4A29AD03" w14:textId="77777777" w:rsidTr="002F3012">
         <w:trPr>
           <w:trHeight w:val="367"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2502" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D5FCF45" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="0043575B" w:rsidRDefault="002F3012" w:rsidP="002F3012">
+          <w:p w14:paraId="19CDBD93" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="0043575B" w:rsidRDefault="002F3012" w:rsidP="002F3012">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
             </w:pPr>
             <w:r w:rsidRPr="0043575B">
               <w:t>Situación da superficie da concesión</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2498" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F9F5D62" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="0043575B" w:rsidRDefault="00936875" w:rsidP="002F3012">
+          <w:p w14:paraId="04EE6F1F" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="0043575B" w:rsidRDefault="00ED7979" w:rsidP="002F3012">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1324818551"/>
                 <w:placeholder>
                   <w:docPart w:val="5DCB6183912B4CEC991CD10C22CAF9B5"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:comboBox>
                   <w:listItem w:value="Elxja unha opción"/>
                   <w:listItem w:displayText="Terra" w:value="Terra"/>
                   <w:listItem w:displayText="Auga" w:value="Auga"/>
                   <w:listItem w:displayText="Terra e auga" w:value="Terra e auga"/>
                 </w:comboBox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002F3012" w:rsidRPr="0043575B">
                   <w:rPr>
                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                     <w:sz w:val="14"/>
                     <w:szCs w:val="14"/>
                   </w:rPr>
                   <w:t>Escolla unha opción</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F3012" w:rsidRPr="0043575B" w14:paraId="23A30D5D" w14:textId="77777777" w:rsidTr="002F3012">
+      <w:tr w:rsidR="002F3012" w:rsidRPr="0043575B" w14:paraId="7A06F568" w14:textId="77777777" w:rsidTr="002F3012">
         <w:trPr>
           <w:trHeight w:val="367"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3EE6499E" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="0043575B" w:rsidRDefault="002F3012" w:rsidP="002F3012">
+          <w:p w14:paraId="3BDF2122" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="0043575B" w:rsidRDefault="002F3012" w:rsidP="002F3012">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
             </w:pPr>
             <w:r w:rsidRPr="0043575B">
               <w:t>Plano ou imaxe aérea (Ex: Google Maps) coa delimitación aproximada da concesión solicitada</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F3012" w:rsidRPr="0043575B" w14:paraId="79856620" w14:textId="77777777" w:rsidTr="002F3012">
+      <w:tr w:rsidR="002F3012" w:rsidRPr="0043575B" w14:paraId="6F40DC58" w14:textId="77777777" w:rsidTr="002F3012">
         <w:trPr>
           <w:trHeight w:val="367"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="41446FE4" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="0043575B" w:rsidRDefault="002F3012" w:rsidP="002F3012">
+          <w:p w14:paraId="780191BC" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="0043575B" w:rsidRDefault="002F3012" w:rsidP="002F3012">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
             </w:pPr>
             <w:r w:rsidRPr="0043575B">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:default w:val="(escriba aquí)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0043575B">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="0043575B">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0043575B">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>(insira a imaxe aquí)</w:t>
             </w:r>
             <w:r w:rsidRPr="0043575B">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F3012" w:rsidRPr="0043575B" w14:paraId="24C1E0F2" w14:textId="77777777" w:rsidTr="002F3012">
+      <w:tr w:rsidR="002F3012" w:rsidRPr="0043575B" w14:paraId="5C7AAC91" w14:textId="77777777" w:rsidTr="002F3012">
         <w:trPr>
           <w:trHeight w:val="242"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2502" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0DABD3D6" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="0043575B" w:rsidRDefault="002F3012" w:rsidP="002F3012">
+          <w:p w14:paraId="26521056" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="0043575B" w:rsidRDefault="002F3012" w:rsidP="002F3012">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
             </w:pPr>
             <w:r>
               <w:t>A</w:t>
             </w:r>
             <w:r w:rsidRPr="0043575B">
               <w:t>ctividades</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> específicas</w:t>
             </w:r>
             <w:r w:rsidRPr="0043575B">
               <w:t xml:space="preserve"> a desenvolver na concesión</w:t>
             </w:r>
             <w:r w:rsidRPr="00473BEE">
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:footnoteReference w:id="1"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2498" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="13EA761D" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="0043575B" w:rsidRDefault="002F3012" w:rsidP="002F3012">
+          <w:p w14:paraId="35496A2A" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="0043575B" w:rsidRDefault="002F3012" w:rsidP="002F3012">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
             </w:pPr>
             <w:r w:rsidRPr="0043575B">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:default w:val="(escriba aquí)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0043575B">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="0043575B">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0043575B">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>(escriba aquí)</w:t>
             </w:r>
             <w:r w:rsidRPr="0043575B">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F3012" w:rsidRPr="0043575B" w14:paraId="02303D21" w14:textId="77777777" w:rsidTr="002F3012">
+      <w:tr w:rsidR="002F3012" w:rsidRPr="0043575B" w14:paraId="4D7BE5E4" w14:textId="77777777" w:rsidTr="002F3012">
         <w:trPr>
           <w:trHeight w:val="242"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2502" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3CDF7669" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="0043575B" w:rsidRDefault="002F3012" w:rsidP="002F3012">
+          <w:p w14:paraId="693B1250" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="0043575B" w:rsidRDefault="002F3012" w:rsidP="002F3012">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
             </w:pPr>
             <w:r>
               <w:t>Motivo que xustique que as actividades deban ser desenvoltas no porto</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2498" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="63CE7375" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="0043575B" w:rsidRDefault="002F3012" w:rsidP="002F3012">
+          <w:p w14:paraId="1A3A6686" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="0043575B" w:rsidRDefault="002F3012" w:rsidP="002F3012">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
             </w:pPr>
             <w:r w:rsidRPr="0043575B">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:default w:val="(escriba aquí)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0043575B">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="0043575B">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0043575B">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>(escriba aquí)</w:t>
             </w:r>
             <w:r w:rsidRPr="0043575B">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F3012" w:rsidRPr="0043575B" w14:paraId="1BA596DB" w14:textId="77777777" w:rsidTr="002F3012">
+      <w:tr w:rsidR="002F3012" w:rsidRPr="0043575B" w14:paraId="307974F7" w14:textId="77777777" w:rsidTr="002F3012">
         <w:trPr>
           <w:trHeight w:val="417"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2502" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0FA5C480" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="0043575B" w:rsidRDefault="002F3012" w:rsidP="002F3012">
+          <w:p w14:paraId="252F330C" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="0043575B" w:rsidRDefault="002F3012" w:rsidP="002F3012">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
             </w:pPr>
             <w:r w:rsidRPr="0043575B">
               <w:t>O solicitante prevé a realización de obras no dominio público portuario</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2498" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65702E1A" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="0043575B" w:rsidRDefault="00936875" w:rsidP="002F3012">
+          <w:p w14:paraId="1EC61752" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="0043575B" w:rsidRDefault="00ED7979" w:rsidP="002F3012">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1106196320"/>
                 <w:placeholder>
                   <w:docPart w:val="AFF6E75DB1684A0D965CFBCB925192EF"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:comboBox>
                   <w:listItem w:value="Escolla unha opción"/>
                   <w:listItem w:displayText="Si" w:value="Si"/>
                   <w:listItem w:displayText="Non" w:value="Non"/>
                 </w:comboBox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002F3012" w:rsidRPr="0043575B">
                   <w:rPr>
                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                     <w:sz w:val="14"/>
                     <w:szCs w:val="14"/>
                   </w:rPr>
                   <w:t>Escolla unha opción</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F3012" w:rsidRPr="0043575B" w14:paraId="24FF9F80" w14:textId="77777777" w:rsidTr="002F3012">
+      <w:tr w:rsidR="002F3012" w:rsidRPr="0043575B" w14:paraId="7B0AF089" w14:textId="77777777" w:rsidTr="002F3012">
         <w:trPr>
           <w:trHeight w:val="335"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2502" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="50DE8366" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="0043575B" w:rsidRDefault="002F3012" w:rsidP="002F3012">
+          <w:p w14:paraId="3E88E8D8" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="0043575B" w:rsidRDefault="002F3012" w:rsidP="002F3012">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
             </w:pPr>
             <w:r w:rsidRPr="0043575B">
+              <w:lastRenderedPageBreak/>
               <w:t>O solicitante prevé ocupación dalgunha edificación</w:t>
             </w:r>
             <w:r>
               <w:t>/instalación</w:t>
             </w:r>
             <w:r w:rsidRPr="0043575B">
               <w:t xml:space="preserve"> de titularidade de Portos de Galicia</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2498" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0363B27B" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="0043575B" w:rsidRDefault="00936875" w:rsidP="002F3012">
+          <w:p w14:paraId="25597A64" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="0043575B" w:rsidRDefault="00ED7979" w:rsidP="002F3012">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1826345703"/>
                 <w:placeholder>
                   <w:docPart w:val="546D5DEF5BE141ACB9F154AB849FB61D"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:comboBox>
                   <w:listItem w:value="Escolla unha opción"/>
                   <w:listItem w:displayText="Non" w:value="Non"/>
                   <w:listItem w:displayText="Sí, a totalidade da edificación" w:value="Sí, a totalidade da edificación"/>
                   <w:listItem w:displayText="Sí, a ocupación parcial da edificación" w:value="Sí, a ocupación parcial da edificación"/>
                 </w:comboBox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002F3012" w:rsidRPr="0043575B">
                   <w:rPr>
                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                     <w:sz w:val="14"/>
                     <w:szCs w:val="14"/>
                   </w:rPr>
                   <w:t>Escolla unha opción</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="002F3012" w:rsidRPr="0043575B">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="22C2C4AB" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="0043575B" w:rsidRDefault="002F3012" w:rsidP="002F3012">
+          <w:p w14:paraId="74B91296" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="0043575B" w:rsidRDefault="002F3012" w:rsidP="002F3012">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
             </w:pPr>
             <w:r w:rsidRPr="0043575B">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:default w:val="(identifique a edificación, se procede)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0043575B">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="0043575B">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0043575B">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>(identifique a edificación, se procede)</w:t>
             </w:r>
             <w:r w:rsidRPr="0043575B">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F3012" w:rsidRPr="0043575B" w14:paraId="3C4D5A45" w14:textId="77777777" w:rsidTr="002F3012">
+      <w:tr w:rsidR="002F3012" w:rsidRPr="0043575B" w14:paraId="7524D042" w14:textId="77777777" w:rsidTr="002F3012">
         <w:trPr>
           <w:trHeight w:val="77"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2502" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7D96C0FF" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="0043575B" w:rsidRDefault="002F3012" w:rsidP="002F3012">
+          <w:p w14:paraId="6DBAB546" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="0043575B" w:rsidRDefault="002F3012" w:rsidP="002F3012">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
             </w:pPr>
             <w:r w:rsidRPr="0043575B">
               <w:t>Inversión aproximada do solicitante en euros, contando equipos que aportará e obras a realizar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2498" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B76EC20" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="0043575B" w:rsidRDefault="002F3012" w:rsidP="002F3012">
+          <w:p w14:paraId="2EC921DC" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="0043575B" w:rsidRDefault="002F3012" w:rsidP="002F3012">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
             </w:pPr>
             <w:r w:rsidRPr="0043575B">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:default w:val="(escriba aquí)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0043575B">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="0043575B">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0043575B">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>(escriba aquí)</w:t>
             </w:r>
             <w:r w:rsidRPr="0043575B">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F3012" w:rsidRPr="0043575B" w14:paraId="244C0789" w14:textId="77777777" w:rsidTr="002F3012">
+      <w:tr w:rsidR="002F3012" w:rsidRPr="0043575B" w14:paraId="3222A135" w14:textId="77777777" w:rsidTr="002F3012">
         <w:trPr>
           <w:trHeight w:val="50"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2502" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E8CF050" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="0043575B" w:rsidRDefault="002F3012" w:rsidP="002F3012">
+          <w:p w14:paraId="20565DED" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="0043575B" w:rsidRDefault="002F3012" w:rsidP="002F3012">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
             </w:pPr>
             <w:r w:rsidRPr="0043575B">
               <w:t>Prazo  solicitado da concesión (anos)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-226536099"/>
             <w:placeholder>
               <w:docPart w:val="CE3A8B948B2142A8844190A2946F1571"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:value="Elija un elemento."/>
               <w:listItem w:displayText="1" w:value="1"/>
               <w:listItem w:displayText="2" w:value="2"/>
               <w:listItem w:displayText="3" w:value="3"/>
               <w:listItem w:displayText="4" w:value="4"/>
               <w:listItem w:displayText="5" w:value="5"/>
               <w:listItem w:displayText="6" w:value="6"/>
               <w:listItem w:displayText="7" w:value="7"/>
               <w:listItem w:displayText="8" w:value="8"/>
@@ -3987,1049 +3757,1088 @@
               <w:listItem w:displayText="35" w:value="35"/>
               <w:listItem w:displayText="36" w:value="36"/>
               <w:listItem w:displayText="37" w:value="37"/>
               <w:listItem w:displayText="38" w:value="38"/>
               <w:listItem w:displayText="39" w:value="39"/>
               <w:listItem w:displayText="40" w:value="40"/>
               <w:listItem w:displayText="41" w:value="41"/>
               <w:listItem w:displayText="42" w:value="42"/>
               <w:listItem w:displayText="43" w:value="43"/>
               <w:listItem w:displayText="44" w:value="44"/>
               <w:listItem w:displayText="45" w:value="45"/>
               <w:listItem w:displayText="46" w:value="46"/>
               <w:listItem w:displayText="47" w:value="47"/>
               <w:listItem w:displayText="48" w:value="48"/>
               <w:listItem w:displayText="49" w:value="49"/>
               <w:listItem w:displayText="50" w:value="50"/>
             </w:dropDownList>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2498" w:type="pct"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="7FEC38CD" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="0043575B" w:rsidRDefault="002F3012" w:rsidP="002F3012">
+              <w:p w14:paraId="2C5E20F2" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="0043575B" w:rsidRDefault="002F3012" w:rsidP="002F3012">
                 <w:pPr>
                   <w:pStyle w:val="c9Textocorpotboas1Portos"/>
                 </w:pPr>
                 <w:r w:rsidRPr="0043575B">
                   <w:rPr>
                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                     <w:sz w:val="14"/>
                     <w:szCs w:val="14"/>
                   </w:rPr>
                   <w:t>Escolla o número de anos</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="002F3012" w:rsidRPr="0043575B" w14:paraId="2F2FE822" w14:textId="77777777" w:rsidTr="002F3012">
+      <w:tr w:rsidR="002F3012" w:rsidRPr="0043575B" w14:paraId="7E995B1D" w14:textId="77777777" w:rsidTr="002F3012">
         <w:trPr>
           <w:trHeight w:val="211"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2502" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="13C9DE60" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="0043575B" w:rsidRDefault="002F3012" w:rsidP="002F3012">
+          <w:p w14:paraId="758F380E" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="0043575B" w:rsidRDefault="002F3012" w:rsidP="002F3012">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
             </w:pPr>
             <w:r w:rsidRPr="0043575B">
               <w:t>Data da solicitude</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2498" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="98068291"/>
               <w:placeholder>
                 <w:docPart w:val="EDD4F5AA8A3840248BBCA19AE457A90B"/>
               </w:placeholder>
               <w:showingPlcHdr/>
               <w:date w:fullDate="2019-02-15T00:00:00Z">
                 <w:dateFormat w:val="dd/MM/yyyy"/>
                 <w:lid w:val="es-ES"/>
                 <w:storeMappedDataAs w:val="dateTime"/>
                 <w:calendar w:val="gregorian"/>
               </w:date>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w14:paraId="4264C6EA" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="0043575B" w:rsidRDefault="002F3012" w:rsidP="002F3012">
+              <w:p w14:paraId="12666E12" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="0043575B" w:rsidRDefault="002F3012" w:rsidP="002F3012">
                 <w:pPr>
                   <w:pStyle w:val="c9Textocorpotboas1Portos"/>
                 </w:pPr>
                 <w:r w:rsidRPr="0043575B">
                   <w:rPr>
                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
                     <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial"/>
                     <w:sz w:val="14"/>
                     <w:szCs w:val="14"/>
                   </w:rPr>
                   <w:t>Clic aquí para seleccionar data</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4B575DC3" w14:textId="71B4DD1A" w:rsidR="002F3012" w:rsidRDefault="002F3012" w:rsidP="00106011">
+    <w:p w14:paraId="5C4958AD" w14:textId="77777777" w:rsidR="002F3012" w:rsidRDefault="002F3012" w:rsidP="00106011">
       <w:pPr>
         <w:pStyle w:val="c11corpotextoPortos"/>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1758"/>
         <w:gridCol w:w="1638"/>
         <w:gridCol w:w="2128"/>
         <w:gridCol w:w="1809"/>
         <w:gridCol w:w="1071"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002F3012" w14:paraId="125B350F" w14:textId="77777777" w:rsidTr="008E02CB">
+      <w:tr w:rsidR="002F3012" w14:paraId="7ECD24FC" w14:textId="77777777" w:rsidTr="008E02CB">
         <w:trPr>
           <w:trHeight w:val="416"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="78ACA5A2" w14:textId="13BD3AEA" w:rsidR="002F3012" w:rsidRPr="00F61EE6" w:rsidRDefault="002F3012" w:rsidP="00106011">
+          <w:p w14:paraId="04DBC97B" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="00F61EE6" w:rsidRDefault="002F3012" w:rsidP="00106011">
             <w:pPr>
               <w:pStyle w:val="T9TboasPortos"/>
             </w:pPr>
             <w:r w:rsidRPr="003949B8">
               <w:t>DEPENDENCIA DE SUBVENCIÓNS PARA A EXECUCIÓN DE ACTUACIÓNS/OBRAS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F3012" w14:paraId="56FB883B" w14:textId="77777777" w:rsidTr="008E02CB">
+      <w:tr w:rsidR="002F3012" w14:paraId="57413E23" w14:textId="77777777" w:rsidTr="008E02CB">
         <w:trPr>
           <w:trHeight w:val="137"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1046" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="500F4801" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="00CE4D78" w:rsidRDefault="002F3012" w:rsidP="008E02CB">
+          <w:p w14:paraId="1F10C552" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="00CE4D78" w:rsidRDefault="002F3012" w:rsidP="008E02CB">
             <w:pPr>
               <w:pStyle w:val="t8tboasPortos"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE4D78">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>REALIZARANSE</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="754A3A1B" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="00CE4D78" w:rsidRDefault="002F3012" w:rsidP="008E02CB">
+          <w:p w14:paraId="616E924F" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="00CE4D78" w:rsidRDefault="002F3012" w:rsidP="008E02CB">
             <w:pPr>
               <w:pStyle w:val="t8tboasPortos"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE4D78">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>ACTUACIÓNS/OBRAS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="975" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3BA425A7" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="00CE4D78" w:rsidRDefault="002F3012" w:rsidP="008E02CB">
+          <w:p w14:paraId="69EFD164" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="00CE4D78" w:rsidRDefault="002F3012" w:rsidP="008E02CB">
             <w:pPr>
               <w:pStyle w:val="t8tboasPortos"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE4D78">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">ACTUACIÓNS </w:t>
             </w:r>
             <w:r w:rsidRPr="00CE4D78">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>SI SUBVENCIONADAS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2342" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="23455DA6" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="00CE4D78" w:rsidRDefault="002F3012" w:rsidP="008E02CB">
+          <w:p w14:paraId="3040CA5D" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="00CE4D78" w:rsidRDefault="002F3012" w:rsidP="008E02CB">
             <w:pPr>
               <w:pStyle w:val="t8tboasPortos"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE4D78">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Subvención das actuacións xa CONCEDIDA no momento da solicitude da execución das obras</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="637" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Xunta Sans" w:eastAsia="MS Gothic" w:hAnsi="Xunta Sans" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="1701964332"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w14:paraId="372664F3" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="00CE4D78" w:rsidRDefault="002F3012" w:rsidP="008E02CB">
+              <w:p w14:paraId="40A00DE1" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="00CE4D78" w:rsidRDefault="002F3012" w:rsidP="008E02CB">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Xunta Sans" w:eastAsia="MS Gothic" w:hAnsi="Xunta Sans" w:cs="Arial"/>
                     <w:color w:val="000000" w:themeColor="text1"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00CE4D78">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:color w:val="000000" w:themeColor="text1"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F3012" w14:paraId="1864226F" w14:textId="77777777" w:rsidTr="008E02CB">
+      <w:tr w:rsidR="002F3012" w14:paraId="20874744" w14:textId="77777777" w:rsidTr="008E02CB">
         <w:trPr>
           <w:trHeight w:val="137"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1046" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0AA623FE" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="00CE4D78" w:rsidRDefault="002F3012" w:rsidP="008E02CB">
+          <w:p w14:paraId="7CF9B6E7" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="00CE4D78" w:rsidRDefault="002F3012" w:rsidP="008E02CB">
             <w:pPr>
               <w:pStyle w:val="t8tboasPortos"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="975" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="22BF719C" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="00CE4D78" w:rsidRDefault="002F3012" w:rsidP="008E02CB">
+          <w:p w14:paraId="12EAB53B" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="00CE4D78" w:rsidRDefault="002F3012" w:rsidP="008E02CB">
             <w:pPr>
               <w:pStyle w:val="t8tboasPortos"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1266" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="25763934" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="00CE4D78" w:rsidRDefault="002F3012" w:rsidP="008E02CB">
+          <w:p w14:paraId="51374EE8" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="00CE4D78" w:rsidRDefault="002F3012" w:rsidP="008E02CB">
             <w:pPr>
               <w:pStyle w:val="t8tboasPortos"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE4D78">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Subvención das actuacións SOLICITADA no momento da solicitude da execución das obras</w:t>
             </w:r>
             <w:r w:rsidRPr="00CE4D78">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00CE4D78">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>PERO NON CONCEDIDA AÍNDA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1076" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="437D36F7" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="00CE4D78" w:rsidRDefault="002F3012" w:rsidP="008E02CB">
+          <w:p w14:paraId="51DAF624" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="00CE4D78" w:rsidRDefault="002F3012" w:rsidP="008E02CB">
             <w:pPr>
               <w:pStyle w:val="t8tboasPortos"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE4D78">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>As actuacións só se executarán se se concede a subvención solicitada</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="637" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Xunta Sans" w:eastAsia="MS Gothic" w:hAnsi="Xunta Sans" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="98992556"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w14:paraId="35B2689D" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="00CE4D78" w:rsidRDefault="002F3012" w:rsidP="008E02CB">
+              <w:p w14:paraId="5821B771" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="00CE4D78" w:rsidRDefault="002F3012" w:rsidP="008E02CB">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Xunta Sans" w:eastAsia="MS Gothic" w:hAnsi="Xunta Sans" w:cs="Arial"/>
                     <w:color w:val="000000" w:themeColor="text1"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00CE4D78">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:color w:val="000000" w:themeColor="text1"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F3012" w14:paraId="523878D6" w14:textId="77777777" w:rsidTr="008E02CB">
+      <w:tr w:rsidR="002F3012" w14:paraId="4060F9BC" w14:textId="77777777" w:rsidTr="008E02CB">
         <w:trPr>
           <w:trHeight w:val="163"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1046" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5489B62B" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="00CE4D78" w:rsidRDefault="002F3012" w:rsidP="008E02CB">
+          <w:p w14:paraId="00C5ADAF" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="00CE4D78" w:rsidRDefault="002F3012" w:rsidP="008E02CB">
             <w:pPr>
               <w:pStyle w:val="t8tboasPortos"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="975" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="421E7227" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="00CE4D78" w:rsidRDefault="002F3012" w:rsidP="008E02CB">
+          <w:p w14:paraId="3AA4CBF8" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="00CE4D78" w:rsidRDefault="002F3012" w:rsidP="008E02CB">
             <w:pPr>
               <w:pStyle w:val="t8tboasPortos"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1266" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="250E168A" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="00CE4D78" w:rsidRDefault="002F3012" w:rsidP="008E02CB">
+          <w:p w14:paraId="5F31C82D" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="00CE4D78" w:rsidRDefault="002F3012" w:rsidP="008E02CB">
             <w:pPr>
               <w:pStyle w:val="t8tboasPortos"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1076" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="288373D7" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="00CE4D78" w:rsidRDefault="002F3012" w:rsidP="008E02CB">
+          <w:p w14:paraId="13D95EE9" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="00CE4D78" w:rsidRDefault="002F3012" w:rsidP="008E02CB">
             <w:pPr>
               <w:pStyle w:val="t8tboasPortos"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE4D78">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>As actuacións executaranse aínda que non se conceda a subvención solicitada</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="637" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Xunta Sans" w:eastAsia="MS Gothic" w:hAnsi="Xunta Sans" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="18210389"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w14:paraId="55FFD26D" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="00CE4D78" w:rsidRDefault="002F3012" w:rsidP="008E02CB">
+              <w:p w14:paraId="151ACE17" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="00CE4D78" w:rsidRDefault="002F3012" w:rsidP="008E02CB">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Xunta Sans" w:eastAsia="MS Gothic" w:hAnsi="Xunta Sans" w:cs="Arial"/>
                     <w:color w:val="000000" w:themeColor="text1"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00CE4D78">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:color w:val="000000" w:themeColor="text1"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F3012" w14:paraId="2BC08A71" w14:textId="77777777" w:rsidTr="008E02CB">
+      <w:tr w:rsidR="002F3012" w14:paraId="04AC33D2" w14:textId="77777777" w:rsidTr="008E02CB">
         <w:trPr>
           <w:trHeight w:val="355"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1046" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5B809065" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="00CE4D78" w:rsidRDefault="002F3012" w:rsidP="008E02CB">
+          <w:p w14:paraId="63596FAC" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="00CE4D78" w:rsidRDefault="002F3012" w:rsidP="008E02CB">
             <w:pPr>
               <w:pStyle w:val="t8tboasPortos"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2241" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6E3046AF" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="00CE4D78" w:rsidRDefault="002F3012" w:rsidP="008E02CB">
+          <w:p w14:paraId="791DF32C" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="00CE4D78" w:rsidRDefault="002F3012" w:rsidP="008E02CB">
             <w:pPr>
               <w:pStyle w:val="t8tboasPortos"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE4D78">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">ACTUACIÓNS </w:t>
             </w:r>
             <w:r w:rsidRPr="00CE4D78">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>NON SUBVENCIONADAS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1076" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4D14992A" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="00CE4D78" w:rsidRDefault="002F3012" w:rsidP="008E02CB">
+          <w:p w14:paraId="0D06C916" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="00CE4D78" w:rsidRDefault="002F3012" w:rsidP="008E02CB">
             <w:pPr>
               <w:pStyle w:val="t8tboasPortos"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE4D78">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>As actuacións executaranse en calquera caso</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="637" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Xunta Sans" w:eastAsia="MS Gothic" w:hAnsi="Xunta Sans" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="-811325870"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w14:paraId="2A44C82F" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="00CE4D78" w:rsidRDefault="002F3012" w:rsidP="008E02CB">
+              <w:p w14:paraId="585D0C42" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="00CE4D78" w:rsidRDefault="002F3012" w:rsidP="008E02CB">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Xunta Sans" w:eastAsia="MS Gothic" w:hAnsi="Xunta Sans" w:cs="Arial"/>
                     <w:color w:val="000000" w:themeColor="text1"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00CE4D78">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:color w:val="000000" w:themeColor="text1"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                     <w:lang w:val="es-ES"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F3012" w14:paraId="4F0E757B" w14:textId="77777777" w:rsidTr="008E02CB">
+      <w:tr w:rsidR="002F3012" w14:paraId="6D68BB0A" w14:textId="77777777" w:rsidTr="008E02CB">
         <w:trPr>
           <w:trHeight w:val="355"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4363" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="148BE2F3" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="00CE4D78" w:rsidRDefault="002F3012" w:rsidP="008E02CB">
+          <w:p w14:paraId="5D4CABB8" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="00CE4D78" w:rsidRDefault="002F3012" w:rsidP="008E02CB">
             <w:pPr>
               <w:pStyle w:val="t8tboasPortos"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE4D78">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>NON SE REALIZARÁN ACTUACIÓNS/OBRAS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="637" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Xunta Sans" w:eastAsia="MS Gothic" w:hAnsi="Xunta Sans" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="-646206036"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w14:paraId="558E4C35" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="00CE4D78" w:rsidRDefault="002F3012" w:rsidP="008E02CB">
+              <w:p w14:paraId="6164A708" w14:textId="77777777" w:rsidR="002F3012" w:rsidRPr="00CE4D78" w:rsidRDefault="002F3012" w:rsidP="008E02CB">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Xunta Sans" w:eastAsia="MS Gothic" w:hAnsi="Xunta Sans" w:cs="Arial"/>
                     <w:color w:val="000000" w:themeColor="text1"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00CE4D78">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:color w:val="000000" w:themeColor="text1"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                     <w:lang w:val="es-ES"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="478999B1" w14:textId="1304E6D6" w:rsidR="006B3B92" w:rsidRDefault="006B3B92" w:rsidP="00106011">
+    <w:p w14:paraId="65DC665E" w14:textId="77777777" w:rsidR="006B3B92" w:rsidRDefault="006B3B92" w:rsidP="00106011">
       <w:pPr>
         <w:pStyle w:val="c11corpotextoPortos"/>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8404"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006E469A" w:rsidRPr="0043575B" w14:paraId="1E1B36D1" w14:textId="77777777" w:rsidTr="008E02CB">
+      <w:tr w:rsidR="006E469A" w:rsidRPr="0043575B" w14:paraId="405692FE" w14:textId="77777777" w:rsidTr="008E02CB">
         <w:trPr>
           <w:trHeight w:val="363"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="47338251" w14:textId="77777777" w:rsidR="006E469A" w:rsidRPr="0043575B" w:rsidRDefault="006E469A" w:rsidP="008E02CB">
+          <w:p w14:paraId="5350082D" w14:textId="77777777" w:rsidR="006E469A" w:rsidRPr="0043575B" w:rsidRDefault="006E469A" w:rsidP="008E02CB">
             <w:pPr>
               <w:pStyle w:val="T9ntitTboasPortos"/>
             </w:pPr>
             <w:r w:rsidRPr="0043575B">
               <w:t>LEXISLACIÓN APLICABLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E469A" w:rsidRPr="0043575B" w14:paraId="3D3A2CF6" w14:textId="77777777" w:rsidTr="008E02CB">
+      <w:tr w:rsidR="006E469A" w:rsidRPr="0043575B" w14:paraId="32F60D0B" w14:textId="77777777" w:rsidTr="008E02CB">
         <w:trPr>
           <w:trHeight w:val="177"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1512BE27" w14:textId="77777777" w:rsidR="006E469A" w:rsidRPr="0043575B" w:rsidRDefault="006E469A" w:rsidP="008E02CB">
+          <w:p w14:paraId="545202A6" w14:textId="77777777" w:rsidR="006E469A" w:rsidRPr="0043575B" w:rsidRDefault="006E469A" w:rsidP="00187516">
             <w:pPr>
               <w:pStyle w:val="c8textotboasPortos"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
+              <w:ind w:hanging="196"/>
             </w:pPr>
             <w:r w:rsidRPr="0043575B">
               <w:t>Lei 6/2017, do 12 de decembro, de portos de Galicia</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0B15A9ED" w14:textId="77777777" w:rsidR="006E469A" w:rsidRPr="0043575B" w:rsidRDefault="006E469A" w:rsidP="008E02CB">
+          <w:p w14:paraId="693C751E" w14:textId="77777777" w:rsidR="006E469A" w:rsidRPr="0043575B" w:rsidRDefault="006E469A" w:rsidP="00187516">
             <w:pPr>
               <w:pStyle w:val="c8textotboasPortos"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
+              <w:ind w:hanging="196"/>
             </w:pPr>
             <w:r w:rsidRPr="0043575B">
               <w:t>Lei 6/2003, do 9 de decembro, de taxas, prezos e exaccións reguladoras da Comunidade Autónoma de Galicia</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="59248EB6" w14:textId="77777777" w:rsidR="006E469A" w:rsidRPr="0043575B" w:rsidRDefault="006E469A" w:rsidP="008E02CB">
+          <w:p w14:paraId="4F65DF6E" w14:textId="77777777" w:rsidR="006E469A" w:rsidRPr="0043575B" w:rsidRDefault="00BF0214" w:rsidP="00187516">
             <w:pPr>
               <w:pStyle w:val="c8textotboasPortos"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
-            </w:pPr>
-[...4 lines deleted...]
-          <w:p w14:paraId="6A83BCFF" w14:textId="77777777" w:rsidR="006E469A" w:rsidRPr="0043575B" w:rsidRDefault="006E469A" w:rsidP="008E02CB">
+              <w:ind w:hanging="196"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Lei 22/1988, do</w:t>
+            </w:r>
+            <w:r w:rsidR="006E469A" w:rsidRPr="0043575B">
+              <w:t xml:space="preserve"> 28 de xullo, de Costas</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="12396F82" w14:textId="77777777" w:rsidR="006E469A" w:rsidRPr="0043575B" w:rsidRDefault="006E469A" w:rsidP="00187516">
             <w:pPr>
               <w:pStyle w:val="c8textotboasPortos"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
+              <w:ind w:hanging="196"/>
             </w:pPr>
             <w:r w:rsidRPr="0043575B">
-              <w:t>Lei 9/2017, do 8 de novembro, de Contratos do Sector Público, pola que se  traspoñen ao ordenamento xurídico español as Directivas do Parlamento Europeo e do Consello 2014/23/UE e 2014/24/UE, do 26 de febreiro de 2014</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="5AF67D85" w14:textId="77777777" w:rsidR="006E469A" w:rsidRPr="0043575B" w:rsidRDefault="006E469A" w:rsidP="008E02CB">
+              <w:t>Lei 9/2017, do 8 de novembro, de Contratos do Sector Público</w:t>
+            </w:r>
+            <w:r w:rsidR="00D1190F">
+              <w:t>, nos t</w:t>
+            </w:r>
+            <w:r w:rsidR="00187516">
+              <w:t>e</w:t>
+            </w:r>
+            <w:r w:rsidR="00D1190F">
+              <w:t>rm</w:t>
+            </w:r>
+            <w:r w:rsidR="00187516">
+              <w:t xml:space="preserve">os do </w:t>
+            </w:r>
+            <w:r w:rsidR="00D1190F">
+              <w:t>artigo 9.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40777AF6" w14:textId="77777777" w:rsidR="006E469A" w:rsidRDefault="006E469A" w:rsidP="00187516">
             <w:pPr>
               <w:pStyle w:val="c8textotboasPortos"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
+              <w:ind w:hanging="196"/>
             </w:pPr>
             <w:r w:rsidRPr="0043575B">
               <w:t>Lei 39/2015, do 1 de outubro, do Procedemento Administrativo Común das Administracións Públicas.</w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="42B4F3B4" w14:textId="77777777" w:rsidR="00D1190F" w:rsidRPr="0043575B" w:rsidRDefault="00BF0214" w:rsidP="00187516">
+            <w:pPr>
+              <w:pStyle w:val="c8textotboasPortos"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:hanging="196"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Lei 40/2015, do </w:t>
+            </w:r>
+            <w:r w:rsidR="00D1190F">
+              <w:t>1 de outubro, do Réxime Xurídico do Sector Público.</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="516C49B9" w14:textId="208E1A62" w:rsidR="002F3012" w:rsidRDefault="002F3012" w:rsidP="00106011">
+    <w:p w14:paraId="245F31DE" w14:textId="77777777" w:rsidR="002F3012" w:rsidRDefault="002F3012" w:rsidP="00106011">
       <w:pPr>
         <w:pStyle w:val="c11corpotextoPortos"/>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="570A9AA4" w14:textId="77777777" w:rsidR="002E4475" w:rsidRDefault="002E4475" w:rsidP="002E4475">
+    <w:p w14:paraId="7308E770" w14:textId="77777777" w:rsidR="002E4475" w:rsidRDefault="002E4475" w:rsidP="002E4475">
       <w:pPr>
         <w:pStyle w:val="T11ntextosPortos"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Hlk98145297"/>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
         <w:t>O/A abaixo asinante solicita que a Presidencia de Portos de Galicia considere a tramitación desta solicitude.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:p w14:paraId="7833798F" w14:textId="77777777" w:rsidR="002947C5" w:rsidRDefault="002947C5" w:rsidP="002947C5">
+    <w:p w14:paraId="37A3B311" w14:textId="77777777" w:rsidR="002947C5" w:rsidRDefault="002947C5" w:rsidP="002947C5">
       <w:pPr>
         <w:pStyle w:val="T11ntextosPortos"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="808080"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006E469A">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">En </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
@@ -5111,216 +4920,205 @@
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:noProof/>
         </w:rPr>
         <w:t>(DD/MM/AAAA)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18DAE458" w14:textId="7BEDBFC4" w:rsidR="00591E61" w:rsidRPr="006E469A" w:rsidRDefault="00591E61" w:rsidP="006E469A">
+    <w:p w14:paraId="1E1964ED" w14:textId="77777777" w:rsidR="00591E61" w:rsidRPr="006E469A" w:rsidRDefault="00591E61" w:rsidP="006E469A">
       <w:pPr>
         <w:pStyle w:val="T11ntextosPortos"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Asinado</w:t>
       </w:r>
       <w:r w:rsidR="002947C5">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> electronicamente</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0696E052" w14:textId="77777777" w:rsidR="006E469A" w:rsidRDefault="006E469A" w:rsidP="008E1CF0">
+    <w:p w14:paraId="4F419217" w14:textId="77777777" w:rsidR="006E469A" w:rsidRDefault="006E469A" w:rsidP="008E1CF0">
       <w:pPr>
         <w:pStyle w:val="c11corpotextoPortos"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="54466484" w14:textId="5D89DD3A" w:rsidR="002F3012" w:rsidRDefault="002F3012" w:rsidP="008E1CF0">
+    <w:p w14:paraId="218E6CD3" w14:textId="77777777" w:rsidR="002F3012" w:rsidRDefault="002F3012" w:rsidP="008E1CF0">
       <w:pPr>
         <w:pStyle w:val="c11corpotextoPortos"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0CF8D915" w14:textId="41ACBA65" w:rsidR="006E469A" w:rsidRDefault="006E469A" w:rsidP="008E1CF0">
+    <w:p w14:paraId="6FF1A6C7" w14:textId="77777777" w:rsidR="006E469A" w:rsidRDefault="006E469A" w:rsidP="008E1CF0">
       <w:pPr>
         <w:pStyle w:val="c11corpotextoPortos"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1A777E46" w14:textId="75340524" w:rsidR="006E469A" w:rsidRDefault="006E469A" w:rsidP="008E1CF0">
+    <w:p w14:paraId="24980F1D" w14:textId="77777777" w:rsidR="006E469A" w:rsidRDefault="006E469A" w:rsidP="008E1CF0">
       <w:pPr>
         <w:pStyle w:val="c11corpotextoPortos"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="67B61B61" w14:textId="50454841" w:rsidR="006E469A" w:rsidRDefault="006E469A" w:rsidP="008E1CF0">
+    <w:p w14:paraId="788897E2" w14:textId="77777777" w:rsidR="006E469A" w:rsidRDefault="006E469A" w:rsidP="008E1CF0">
       <w:pPr>
         <w:pStyle w:val="c11corpotextoPortos"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0CF1D4A9" w14:textId="34781237" w:rsidR="006E469A" w:rsidRDefault="006E469A" w:rsidP="008E1CF0">
+    <w:p w14:paraId="2B37BCD4" w14:textId="77777777" w:rsidR="006E469A" w:rsidRDefault="006E469A" w:rsidP="008E1CF0">
       <w:pPr>
         <w:pStyle w:val="c11corpotextoPortos"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7D5F9202" w14:textId="49CAD907" w:rsidR="00BF11A8" w:rsidRDefault="00BF11A8">
-[...11 lines deleted...]
-    <w:p w14:paraId="2A373C4B" w14:textId="77777777" w:rsidR="00591E61" w:rsidRPr="00591E61" w:rsidRDefault="00591E61" w:rsidP="00424F97">
+    <w:p w14:paraId="6E88D1B7" w14:textId="77777777" w:rsidR="00591E61" w:rsidRPr="00591E61" w:rsidRDefault="00591E61" w:rsidP="00424F97">
       <w:pPr>
         <w:pStyle w:val="T9TboasPortos"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00591E61">
+        <w:lastRenderedPageBreak/>
         <w:t>ANEXO I. DOCUMENTACIÓN NECESARIA</w:t>
       </w:r>
       <w:r w:rsidRPr="00747CFA">
         <w:rPr>
           <w:rStyle w:val="Refdenotaalpie"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
       <w:r w:rsidRPr="00747CFA">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00591E61">
         <w:t>PARA A SOLICITUDE DUNHA CONCESIÓN DEMANIAL NO DOMINIO PÚBLICO PORTUARIO A TRAVÉS DA SEDE ELECTRÓNICA DA XUNTA DE GALICIA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2410C437" w14:textId="77777777" w:rsidR="00591E61" w:rsidRPr="0043575B" w:rsidRDefault="00591E61" w:rsidP="00591E61">
+    <w:p w14:paraId="11E25770" w14:textId="77777777" w:rsidR="00591E61" w:rsidRPr="0043575B" w:rsidRDefault="00591E61" w:rsidP="00591E61">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="5004" w:type="pct"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5948"/>
         <w:gridCol w:w="2463"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F04EFD" w:rsidRPr="00684ED8" w14:paraId="2C4CBB96" w14:textId="77777777" w:rsidTr="00EE5704">
+      <w:tr w:rsidR="00F04EFD" w:rsidRPr="00684ED8" w14:paraId="303BB7D4" w14:textId="77777777" w:rsidTr="00EE5704">
         <w:trPr>
           <w:trHeight w:val="323"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="pct25" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="00A10B7B" w14:textId="77777777" w:rsidR="00F04EFD" w:rsidRPr="00615F67" w:rsidRDefault="00F04EFD" w:rsidP="00EE5704">
+          <w:p w14:paraId="33412434" w14:textId="77777777" w:rsidR="00F04EFD" w:rsidRPr="00615F67" w:rsidRDefault="00F04EFD" w:rsidP="00EE5704">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D50192">
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>1. Modelo de instancia cor</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">rectamente cuberta. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>Dispoñible na seguinte ruta</w:t>
             </w:r>
             <w:r w:rsidRPr="00615F67">
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3D421C84" w14:textId="77777777" w:rsidR="00F04EFD" w:rsidRPr="00684ED8" w:rsidRDefault="00936875" w:rsidP="00EE5704">
+          <w:p w14:paraId="6516A16D" w14:textId="77777777" w:rsidR="00F04EFD" w:rsidRPr="00684ED8" w:rsidRDefault="00ED7979" w:rsidP="00EE5704">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r w:rsidR="00F04EFD" w:rsidRPr="00C84B57">
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:rFonts w:cs="Arial"/>
                   <w:sz w:val="10"/>
                   <w:szCs w:val="10"/>
                 </w:rPr>
                 <w:t>www.portosdegalicia.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00F04EFD" w:rsidRPr="00C84B57">
               <w:rPr>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t xml:space="preserve"> &gt; Xestións &gt; Modelos e formularios &gt; </w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:tgtFrame="_blank" w:history="1">
               <w:r w:rsidR="00F04EFD" w:rsidRPr="00C84B57">
                 <w:rPr>
@@ -5369,325 +5167,325 @@
                 <w:t>blico portuario</w:t>
               </w:r>
               <w:r w:rsidR="00F04EFD" w:rsidRPr="00C84B57">
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="10"/>
                   <w:szCs w:val="10"/>
                 </w:rPr>
                 <w:t> </w:t>
               </w:r>
               <w:r w:rsidR="00F04EFD" w:rsidRPr="00C84B57">
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="10"/>
                   <w:szCs w:val="10"/>
                 </w:rPr>
                 <w:t>(INTERESADO NON CONCELLO)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B32074" w:rsidRPr="00684ED8" w14:paraId="056AA83A" w14:textId="77777777" w:rsidTr="00B32074">
+      <w:tr w:rsidR="00B32074" w:rsidRPr="00684ED8" w14:paraId="3BAEB8AF" w14:textId="77777777" w:rsidTr="00B32074">
         <w:trPr>
           <w:trHeight w:val="130"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3536" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16C54150" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="00EB1607" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="7E0802B3" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="00EB1607" w:rsidRDefault="00B32074" w:rsidP="00B32074">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00615F67">
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>Anexo I</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>. Documentación necesaria para a solicitude</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1464" w:type="pct"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6FA0C320" w14:textId="76E01E6C" w:rsidR="00B32074" w:rsidRPr="00B32074" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="145C8032" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="00B32074" w:rsidRDefault="00B32074" w:rsidP="00B32074">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B32074">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Aporto este documento: </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="1606767747"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00B32074">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B32074" w:rsidRPr="001F758C" w14:paraId="342FE6DE" w14:textId="77777777" w:rsidTr="00B32074">
+      <w:tr w:rsidR="00B32074" w:rsidRPr="001F758C" w14:paraId="4B9046DD" w14:textId="77777777" w:rsidTr="00B32074">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3536" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67C46773" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="00AA3F5F" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="38EFE618" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="00AA3F5F" w:rsidRDefault="00B32074" w:rsidP="00B32074">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C7624D">
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t xml:space="preserve">Anexo II. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>Datos relativos ao subministro de electricidade e/ou auga por parte de Portos de Galicia</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1464" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1426EBC7" w14:textId="5207EDB3" w:rsidR="00B32074" w:rsidRPr="001F758C" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="665AFC5C" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="001F758C" w:rsidRDefault="00B32074" w:rsidP="00B32074">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B32074">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Aporto este documento: </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="-1524010570"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00B32074">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B32074" w:rsidRPr="001F758C" w14:paraId="7B0153AD" w14:textId="77777777" w:rsidTr="00B32074">
+      <w:tr w:rsidR="00B32074" w:rsidRPr="001F758C" w14:paraId="1C0A2FC8" w14:textId="77777777" w:rsidTr="00B32074">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3536" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2CB8A79E" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="00AA3F5F" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="78FB6645" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="00AA3F5F" w:rsidRDefault="00B32074" w:rsidP="00B32074">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C7624D">
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t xml:space="preserve">Anexo III. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>Datos precisos no caso de que o solicitante desexe que Portos de Galicia autorice o uso do/s medio/s mecánico/s seguinte/s no título de ocupación do dominio público portuario</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1464" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="47C8BCD7" w14:textId="6033F2B4" w:rsidR="00B32074" w:rsidRPr="001F758C" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="5F8F6B09" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="001F758C" w:rsidRDefault="00B32074" w:rsidP="00B32074">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B32074">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Aporto este documento: </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="-2014990646"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00B32074">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B32074" w:rsidRPr="001F758C" w14:paraId="1DD6274B" w14:textId="77777777" w:rsidTr="00B32074">
+      <w:tr w:rsidR="00B32074" w:rsidRPr="001F758C" w14:paraId="17A58672" w14:textId="77777777" w:rsidTr="00B32074">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3536" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7CF4104D" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="00AA3F5F" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="4DD7DAA1" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="00AA3F5F" w:rsidRDefault="00B32074" w:rsidP="00B32074">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C7624D">
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>Anexo I</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>V</w:t>
@@ -5700,724 +5498,725 @@
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="00AA3F5F">
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t xml:space="preserve"> Declaración responsable </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>de non atoparse en causa de prohibición de contratar coas administracións públicas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1464" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3DF291F5" w14:textId="442C4367" w:rsidR="00B32074" w:rsidRPr="001F758C" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="6CEB3D8F" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="001F758C" w:rsidRDefault="00B32074" w:rsidP="00B32074">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B32074">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Aporto este documento: </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="-498813642"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00B32074">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3BAE2011" w14:textId="77777777" w:rsidR="00F04EFD" w:rsidRDefault="00F04EFD" w:rsidP="00F04EFD">
+    <w:p w14:paraId="442381AE" w14:textId="77777777" w:rsidR="00F04EFD" w:rsidRDefault="00F04EFD" w:rsidP="00F04EFD">
       <w:pPr>
         <w:pStyle w:val="c11corpotextoPortos"/>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="5004" w:type="pct"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5948"/>
         <w:gridCol w:w="2463"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F04EFD" w:rsidRPr="00417934" w14:paraId="03FAE3CA" w14:textId="77777777" w:rsidTr="00EE5704">
+      <w:tr w:rsidR="00F04EFD" w:rsidRPr="00417934" w14:paraId="342ACA25" w14:textId="77777777" w:rsidTr="00EE5704">
         <w:trPr>
           <w:trHeight w:val="267"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="pct25" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="22111261" w14:textId="77777777" w:rsidR="00F04EFD" w:rsidRPr="00417934" w:rsidRDefault="00F04EFD" w:rsidP="00EE5704">
+          <w:p w14:paraId="2132C7E1" w14:textId="77777777" w:rsidR="00F04EFD" w:rsidRPr="00417934" w:rsidRDefault="00F04EFD" w:rsidP="00EE5704">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>2. Delimitación exacta da ocupación solicitada</w:t>
             </w:r>
             <w:r w:rsidRPr="00B46886">
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B32074" w:rsidRPr="00417934" w14:paraId="31DA4F05" w14:textId="77777777" w:rsidTr="00B32074">
+      <w:tr w:rsidR="00B32074" w:rsidRPr="00417934" w14:paraId="11604EC8" w14:textId="77777777" w:rsidTr="00B32074">
         <w:trPr>
           <w:trHeight w:val="431"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3536" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4B0179F9" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="00615F67" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="6899CB40" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="00615F67" w:rsidRDefault="00B32074" w:rsidP="00B32074">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00615F67">
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t xml:space="preserve">Plano ou imaxe aérea (Ex: Google Maps) </w:t>
             </w:r>
             <w:r w:rsidRPr="00615F67">
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>coa delimitación exacta da ocupación solicitada. Debe conter:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="12B12B23" w14:textId="77777777" w:rsidR="00B32074" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="6F173FF9" w14:textId="77777777" w:rsidR="00B32074" w:rsidRDefault="00B32074" w:rsidP="00B32074">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:ind w:hanging="187"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B46886">
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>Coordenadas dos vértices</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t xml:space="preserve"> da ocupación solicitada</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="31D0A3D9" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="00615F67" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="69FE189C" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="00615F67" w:rsidRDefault="00B32074" w:rsidP="00B32074">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:ind w:hanging="187"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00615F67">
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>Superficie solicitada en m</w:t>
             </w:r>
             <w:r w:rsidRPr="00615F67">
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1464" w:type="pct"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7F1709A7" w14:textId="4B71FB70" w:rsidR="00B32074" w:rsidRPr="00417934" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="5402FAE7" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="00417934" w:rsidRDefault="00B32074" w:rsidP="000C6FAF">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
+              <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B32074">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Aporto este documento: </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="-577893803"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00B32074">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="130BC053" w14:textId="77777777" w:rsidR="00EE5704" w:rsidRDefault="00EE5704" w:rsidP="00F04EFD">
+    <w:p w14:paraId="36BB007C" w14:textId="77777777" w:rsidR="00EE5704" w:rsidRDefault="00EE5704" w:rsidP="00F04EFD">
       <w:pPr>
         <w:pStyle w:val="c11corpotextoPortos"/>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="5004" w:type="pct"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4673"/>
         <w:gridCol w:w="1277"/>
         <w:gridCol w:w="2461"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F04EFD" w14:paraId="504F815D" w14:textId="77777777" w:rsidTr="00EE5704">
+      <w:tr w:rsidR="00F04EFD" w14:paraId="268D39FA" w14:textId="77777777" w:rsidTr="00EE5704">
         <w:trPr>
           <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="pct25" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="322F013E" w14:textId="713E9C89" w:rsidR="00F04EFD" w:rsidRPr="000B14B1" w:rsidRDefault="00F04EFD" w:rsidP="00EE5704">
+          <w:p w14:paraId="3F0E66DE" w14:textId="77777777" w:rsidR="00F04EFD" w:rsidRPr="000B14B1" w:rsidRDefault="00F04EFD" w:rsidP="00EE5704">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="000B14B1">
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">. Acreditación da personalidade do solicitante </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F04EFD" w14:paraId="6C25C7E4" w14:textId="77777777" w:rsidTr="00EE5704">
+      <w:tr w:rsidR="00F04EFD" w14:paraId="004A3858" w14:textId="77777777" w:rsidTr="00EE5704">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="pct12" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="15229E76" w14:textId="77777777" w:rsidR="00F04EFD" w:rsidRPr="004E04F7" w:rsidRDefault="00936875" w:rsidP="00EE5704">
+          <w:p w14:paraId="12F5F1CE" w14:textId="77777777" w:rsidR="00F04EFD" w:rsidRPr="004E04F7" w:rsidRDefault="00ED7979" w:rsidP="00EE5704">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:bCs w:val="0"/>
                   <w:sz w:val="14"/>
                   <w:szCs w:val="14"/>
                 </w:rPr>
                 <w:id w:val="-86617514"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F04EFD" w:rsidRPr="004E04F7">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs w:val="0"/>
                     <w:sz w:val="14"/>
                     <w:szCs w:val="14"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00F04EFD" w:rsidRPr="004E04F7">
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">  O/a solicitante é persoa física</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B32074" w14:paraId="299BE143" w14:textId="77777777" w:rsidTr="00B32074">
+      <w:tr w:rsidR="00B32074" w14:paraId="7F5FF193" w14:textId="77777777" w:rsidTr="00B32074">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2778" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="64A52C83" w14:textId="1CF45D27" w:rsidR="00B32074" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="3A60268A" w14:textId="77777777" w:rsidR="00B32074" w:rsidRDefault="00B32074" w:rsidP="00B32074">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>DNI/NIE</w:t>
             </w:r>
             <w:r w:rsidRPr="004E04F7">
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>do solicitante</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="65A653AB" w14:textId="77777777" w:rsidR="00B32074" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="15B35A2C" w14:textId="77777777" w:rsidR="00B32074" w:rsidRDefault="00B32074" w:rsidP="00B32074">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="00726A6C" w14:textId="68572C8F" w:rsidR="00B32074" w:rsidRPr="00B32074" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="1C970A46" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="00B32074" w:rsidRDefault="00B32074" w:rsidP="00B32074">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B32074">
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>Os documentos relacionados serán obxecto de consulta ás administracións públicas. No caso de que as persoas interesadas se opoñan a esta consulta, deberán indicalo no cadro correspondente e achegar unha copia dos documentos.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="759" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="242D041B" w14:textId="64FA31CD" w:rsidR="00B32074" w:rsidRPr="00186150" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="6971F36C" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="00186150" w:rsidRDefault="00B32074" w:rsidP="00B32074">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D3EC3">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>OPÓÑOME Á CONSULTA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1463" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E994940" w14:textId="2788EF70" w:rsidR="00B32074" w:rsidRPr="004E04F7" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="539467D3" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="004E04F7" w:rsidRDefault="00B32074" w:rsidP="000C6FAF">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
-              <w:jc w:val="both"/>
+              <w:jc w:val="right"/>
             </w:pPr>
             <w:r w:rsidRPr="00B32074">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Aporto este documento: </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="-312332315"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00B32074">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B32074" w14:paraId="22BF4E14" w14:textId="77777777" w:rsidTr="00B32074">
+      <w:tr w:rsidR="00B32074" w14:paraId="6B8FB7B7" w14:textId="77777777" w:rsidTr="00B32074">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2778" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5C1D85FA" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="004E04F7" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="1EC39222" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="004E04F7" w:rsidRDefault="00B32074" w:rsidP="00B32074">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="759" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:id w:val="-665018392"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w14:paraId="6712C40C" w14:textId="111EFFE3" w:rsidR="00B32074" w:rsidRPr="00186150" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+              <w:p w14:paraId="4FC9F466" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="00186150" w:rsidRDefault="00B32074" w:rsidP="00B32074">
                 <w:pPr>
                   <w:pStyle w:val="c9Textocorpotboas1Portos"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="10"/>
                     <w:szCs w:val="10"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1463" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="55F7E955" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="004E04F7" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="11B1C2ED" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="004E04F7" w:rsidRDefault="00B32074" w:rsidP="00B32074">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B32074" w14:paraId="6B41E7DF" w14:textId="77777777" w:rsidTr="00EE5704">
+      <w:tr w:rsidR="00B32074" w14:paraId="01513C1A" w14:textId="77777777" w:rsidTr="00EE5704">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="pct12" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="202313D5" w14:textId="77777777" w:rsidR="00B32074" w:rsidRDefault="00936875" w:rsidP="00B32074">
+          <w:p w14:paraId="0387DB79" w14:textId="77777777" w:rsidR="00B32074" w:rsidRDefault="00ED7979" w:rsidP="00B32074">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:ind w:left="720" w:hanging="720"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:bCs w:val="0"/>
                   <w:sz w:val="14"/>
                   <w:szCs w:val="14"/>
                 </w:rPr>
                 <w:id w:val="-330913909"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00B32074">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs w:val="0"/>
                     <w:sz w:val="14"/>
                     <w:szCs w:val="14"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00B32074" w:rsidRPr="004E04F7">
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">  O/a solicitante é persoa xurídica</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7CBC9F8D" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="004E04F7" w:rsidRDefault="00936875" w:rsidP="00B32074">
+          <w:p w14:paraId="0DFB6B54" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="004E04F7" w:rsidRDefault="00ED7979" w:rsidP="00B32074">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:ind w:left="720" w:hanging="720"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:bCs w:val="0"/>
                   <w:sz w:val="14"/>
                   <w:szCs w:val="14"/>
                 </w:rPr>
                 <w:id w:val="-1789665503"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -6425,238 +6224,238 @@
               <w:sdtContent>
                 <w:r w:rsidR="00B32074" w:rsidRPr="004E04F7">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs w:val="0"/>
                     <w:sz w:val="14"/>
                     <w:szCs w:val="14"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00B32074" w:rsidRPr="004E04F7">
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">  O/a solicitante é unha entidade sen personalidade xurídica</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B32074" w14:paraId="243D8846" w14:textId="77777777" w:rsidTr="00B32074">
+      <w:tr w:rsidR="00B32074" w14:paraId="352A19D4" w14:textId="77777777" w:rsidTr="00B32074">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2778" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5FDBE186" w14:textId="7D1F8E18" w:rsidR="00B32074" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="247B68F8" w14:textId="77777777" w:rsidR="00B32074" w:rsidRDefault="00B32074" w:rsidP="00B32074">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:ind w:left="-111" w:firstLine="142"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
             <w:r w:rsidRPr="00417934">
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>NIF da entidade solicitante</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3E9B19A4" w14:textId="77777777" w:rsidR="00B32074" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="2D76BC6D" w14:textId="77777777" w:rsidR="00B32074" w:rsidRDefault="00B32074" w:rsidP="00B32074">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:ind w:left="-111" w:firstLine="142"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="34CDEE67" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="00B32074" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="3F2767C5" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="00B32074" w:rsidRDefault="00B32074" w:rsidP="00B32074">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Xunta Sans" w:eastAsia="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Xunta Sans"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B32074">
               <w:rPr>
                 <w:rFonts w:ascii="Xunta Sans" w:eastAsia="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Xunta Sans"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>CONSENTIMENTO PARA A COMPROBACIÓN DE DATOS</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5A693565" w14:textId="6B1F310F" w:rsidR="00B32074" w:rsidRPr="00B32074" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="65C4BB4E" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="00B32074" w:rsidRDefault="00B32074" w:rsidP="00B32074">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B32074">
               <w:rPr>
                 <w:rFonts w:eastAsia="Xunta Sans" w:cs="Xunta Sans"/>
                 <w:b/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>A persoa interesada autoriza a consulta a outras administracións públicas dos seguintes datos. De non autorizar a consulta, deberá achegar o documento correspondente.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="759" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="50C28CD1" w14:textId="44067CCD" w:rsidR="00B32074" w:rsidRPr="00186150" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="4752937A" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="00186150" w:rsidRDefault="00B32074" w:rsidP="00B32074">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D3EC3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Xunta Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t>AUTORIZO A CONSULTA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1463" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="087FA730" w14:textId="6D55BF02" w:rsidR="00B32074" w:rsidRPr="00417934" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="45F077A0" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="00417934" w:rsidRDefault="00B32074" w:rsidP="000C6FAF">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
-              <w:jc w:val="both"/>
+              <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B32074">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Aporto este documento: </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="-1316788919"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00B32074">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B32074" w14:paraId="59274B72" w14:textId="77777777" w:rsidTr="00B32074">
+      <w:tr w:rsidR="00B32074" w14:paraId="3729E3DB" w14:textId="77777777" w:rsidTr="00B32074">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2778" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67A1A2DE" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="00417934" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="2B2DB8A7" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="00417934" w:rsidRDefault="00B32074" w:rsidP="00B32074">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:ind w:left="-111" w:firstLine="142"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="759" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0257602F" w14:textId="1B6E95BF" w:rsidR="00B32074" w:rsidRPr="00186150" w:rsidRDefault="00936875" w:rsidP="00C2284C">
+          <w:p w14:paraId="1411A1F5" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="00186150" w:rsidRDefault="00ED7979" w:rsidP="00C2284C">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="12"/>
                 </w:rPr>
                 <w:id w:val="-957029699"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00B32074" w:rsidRPr="002D3EC3">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
@@ -6699,497 +6498,497 @@
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00B32074" w:rsidRPr="002D3EC3">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00B32074">
               <w:rPr>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>Non</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1463" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6D11A657" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="00417934" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="037EEBD4" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="00417934" w:rsidRDefault="00B32074" w:rsidP="00B32074">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B32074" w14:paraId="313C30E7" w14:textId="77777777" w:rsidTr="00B32074">
+      <w:tr w:rsidR="00B32074" w14:paraId="3F629285" w14:textId="77777777" w:rsidTr="00B32074">
         <w:trPr>
           <w:trHeight w:val="250"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2778" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="53863E49" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="00417934" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="5D17191B" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="00417934" w:rsidRDefault="00B32074" w:rsidP="00B32074">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:ind w:left="-111" w:firstLine="142"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>2. DNI</w:t>
             </w:r>
             <w:r w:rsidRPr="00417934">
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>/NIE do representante</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2222" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="589041E1" w14:textId="7AFCF328" w:rsidR="00B32074" w:rsidRPr="00417934" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="5A2B04C3" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="00417934" w:rsidRDefault="00B32074" w:rsidP="00B32074">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B32074">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Aporto este documento: </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="-1441677247"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00B32074">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B32074" w14:paraId="3CC84D91" w14:textId="77777777" w:rsidTr="00B32074">
+      <w:tr w:rsidR="00B32074" w14:paraId="5A781BE9" w14:textId="77777777" w:rsidTr="00B32074">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2778" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B9BCDA5" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="004E04F7" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="439BBE73" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="004E04F7" w:rsidRDefault="00B32074" w:rsidP="00B32074">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:ind w:left="720" w:hanging="720"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00417934">
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r w:rsidRPr="003A2CEC">
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:rFonts w:cs="Arial"/>
                   <w:sz w:val="12"/>
                   <w:szCs w:val="12"/>
                 </w:rPr>
                 <w:t>Certificado de situación censal da AEAT</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="004E04F7">
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>, que conteña:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="732CEEE2" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="004E04F7" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="48E61C37" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="004E04F7" w:rsidRDefault="00B32074" w:rsidP="00B32074">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:ind w:left="233" w:hanging="142"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E04F7">
               <w:rPr>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t>NIF/NIE</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1DD539EE" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="004E04F7" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="3ED54D09" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="004E04F7" w:rsidRDefault="00B32074" w:rsidP="00B32074">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:ind w:left="233" w:hanging="142"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E04F7">
               <w:rPr>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t>Nome/Razón social</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="181C339C" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="004E04F7" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="17F9310E" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="004E04F7" w:rsidRDefault="00B32074" w:rsidP="00B32074">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:ind w:left="233" w:hanging="142"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E04F7">
               <w:rPr>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t>Domicilio fiscal</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0CF49A7A" w14:textId="77777777" w:rsidR="00B32074" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="4DDBB74F" w14:textId="77777777" w:rsidR="00B32074" w:rsidRDefault="00B32074" w:rsidP="00B32074">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:ind w:left="233" w:hanging="142"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E04F7">
               <w:rPr>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t>Actividades económicas a efectos de IAE (Impostos de Actividades Económicas)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1ED6F3A5" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="00417934" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="011427A5" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="00417934" w:rsidRDefault="00B32074" w:rsidP="00B32074">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:ind w:left="233" w:hanging="142"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00417934">
               <w:rPr>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t>Actividades CNAE (Clasificación Nacional de Actividades Económicas)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2222" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0BFB2508" w14:textId="67FEE5C2" w:rsidR="00B32074" w:rsidRPr="00417934" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="7D41A587" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="00417934" w:rsidRDefault="00B32074" w:rsidP="00B32074">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B32074">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Aporto este documento: </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="1904331294"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00B32074">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B32074" w14:paraId="6B4D3CBA" w14:textId="77777777" w:rsidTr="00B32074">
+      <w:tr w:rsidR="00B32074" w14:paraId="5EAA21AE" w14:textId="77777777" w:rsidTr="00B32074">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2778" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6B548D36" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="004E04F7" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="4CD3A65D" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="004E04F7" w:rsidRDefault="00B32074" w:rsidP="00B32074">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:ind w:left="720" w:hanging="720"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="004E04F7">
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>. Escritura do Rexistro Mercantil a efectos de titularidade</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t xml:space="preserve"> da </w:t>
             </w:r>
             <w:r w:rsidRPr="004E04F7">
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>sociedade</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2222" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="59D569EB" w14:textId="66FB180F" w:rsidR="00B32074" w:rsidRPr="00417934" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="6EA22D20" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="00417934" w:rsidRDefault="00B32074" w:rsidP="00B32074">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B32074">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Aporto este documento: </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="-1817335587"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00B32074">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B32074" w14:paraId="487270D6" w14:textId="77777777" w:rsidTr="00B32074">
+      <w:tr w:rsidR="00B32074" w14:paraId="27C5002F" w14:textId="77777777" w:rsidTr="00B32074">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2778" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0D1F9C0B" w14:textId="77777777" w:rsidR="00B32074" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="3FDAF032" w14:textId="77777777" w:rsidR="00B32074" w:rsidRDefault="00B32074" w:rsidP="00B32074">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:ind w:left="720" w:hanging="720"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidRPr="004E04F7">
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>Acreditación do poder de representación a través dalgunha das opcións:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="10B1F7D7" w14:textId="77777777" w:rsidR="00B32074" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="4D3D7BCA" w14:textId="77777777" w:rsidR="00B32074" w:rsidRDefault="00B32074" w:rsidP="00B32074">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:ind w:left="233" w:hanging="142"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A0011">
               <w:rPr>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t>Re</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
@@ -7202,288 +7001,281 @@
               </w:rPr>
               <w:t xml:space="preserve">istro Electrónico </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
             <w:r w:rsidRPr="000A0011">
               <w:rPr>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t>eral de Apoderamentos de Galicia</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t xml:space="preserve"> (REGA)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="167D9C2B" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="000A0011" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="4AC2D51D" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="000A0011" w:rsidRDefault="00B32074" w:rsidP="00B32074">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:ind w:left="233" w:hanging="142"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A0011">
               <w:rPr>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t>Re</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
             <w:r w:rsidRPr="000A0011">
               <w:rPr>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t xml:space="preserve">istro Electrónico de Apoderamentos </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t xml:space="preserve">do Estado </w:t>
             </w:r>
             <w:r w:rsidRPr="000A0011">
               <w:rPr>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t>(REA)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6BDCE5C6" w14:textId="77777777" w:rsidR="00B32074" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="2F76A67B" w14:textId="77777777" w:rsidR="00B32074" w:rsidRDefault="00B32074" w:rsidP="00B32074">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:ind w:left="233" w:hanging="142"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t xml:space="preserve">Poder de representación notarial </w:t>
             </w:r>
             <w:r w:rsidRPr="000A0011">
               <w:rPr>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t>da persoa representante</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1467DA10" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="00CF3063" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="75DD9A91" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="00CF3063" w:rsidRDefault="00B32074" w:rsidP="00B32074">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:ind w:left="233" w:hanging="142"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t xml:space="preserve">Poder de representación bastanteado </w:t>
             </w:r>
             <w:r w:rsidRPr="000A0011">
               <w:rPr>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t>da persoa representante</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2222" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F346779" w14:textId="448153A7" w:rsidR="00B32074" w:rsidRPr="00417934" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="517F9D5E" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="00417934" w:rsidRDefault="00B32074" w:rsidP="00B32074">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B32074">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Aporto este documento: </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="1625656514"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00B32074">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="695FA086" w14:textId="77777777" w:rsidR="00F04EFD" w:rsidRDefault="00F04EFD" w:rsidP="00F04EFD">
+    <w:p w14:paraId="4BA4C72B" w14:textId="77777777" w:rsidR="00F04EFD" w:rsidRDefault="00F04EFD" w:rsidP="00F04EFD">
       <w:pPr>
         <w:pStyle w:val="c11corpotextoPortos"/>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="5004" w:type="pct"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5948"/>
         <w:gridCol w:w="2463"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F04EFD" w:rsidRPr="000B14B1" w14:paraId="30CA5B9A" w14:textId="77777777" w:rsidTr="00EE5704">
+      <w:tr w:rsidR="00F04EFD" w:rsidRPr="000B14B1" w14:paraId="50B0D402" w14:textId="77777777" w:rsidTr="00EE5704">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="pct25" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="31053B8D" w14:textId="77777777" w:rsidR="00F04EFD" w:rsidRPr="000B14B1" w:rsidRDefault="00F04EFD" w:rsidP="00EE5704">
+          <w:p w14:paraId="0B798A07" w14:textId="77777777" w:rsidR="00F04EFD" w:rsidRPr="000B14B1" w:rsidRDefault="00F04EFD" w:rsidP="00CB02B9">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>4. Xustificantes en vigor (vixencia máxima 6 meses</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> desde a expedición</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>) que acrediten que se atopan ao corrente no cumprimento das obrigas de carácter fiscal, laboral e social</w:t>
             </w:r>
-            <w:r>
-[...5 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B32074" w:rsidRPr="00684ED8" w14:paraId="5274728F" w14:textId="77777777" w:rsidTr="00B32074">
+      <w:tr w:rsidR="00B32074" w:rsidRPr="00684ED8" w14:paraId="3795F7C8" w14:textId="77777777" w:rsidTr="00B32074">
         <w:trPr>
           <w:trHeight w:val="346"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3536" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E28F271" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="000B14B1" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="2AC223AC" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="000B14B1" w:rsidRDefault="00B32074" w:rsidP="00B32074">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B14B1">
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="000B14B1">
               <w:rPr>
@@ -7508,101 +7300,101 @@
               <w:t>Axencia Tributaria</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> Estatal</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t xml:space="preserve"> (AEAT)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1464" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="756F85FF" w14:textId="7D720ECA" w:rsidR="00B32074" w:rsidRPr="00684ED8" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="74DF5A3E" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="00684ED8" w:rsidRDefault="00B32074" w:rsidP="00B32074">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r w:rsidRPr="00B32074">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Aporto este documento: </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="928782868"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00B32074">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B32074" w:rsidRPr="00684ED8" w14:paraId="664BC905" w14:textId="77777777" w:rsidTr="00B32074">
+      <w:tr w:rsidR="00B32074" w:rsidRPr="00684ED8" w14:paraId="337437BE" w14:textId="77777777" w:rsidTr="00B32074">
         <w:trPr>
           <w:trHeight w:val="346"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3536" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="22B158FB" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="00615A77" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="0F4F85DB" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="00615A77" w:rsidRDefault="00B32074" w:rsidP="00B32074">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B14B1">
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="000B14B1">
               <w:rPr>
@@ -7619,101 +7411,101 @@
               <w:t xml:space="preserve">da </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Axencia Tributaria Galega</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t xml:space="preserve"> (ATRIGA)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1464" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E4A5FD8" w14:textId="17CB460E" w:rsidR="00B32074" w:rsidRPr="00684ED8" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="78CEDFFF" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="00684ED8" w:rsidRDefault="00B32074" w:rsidP="00B32074">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r w:rsidRPr="00B32074">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Aporto este documento: </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="-661307983"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00B32074">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B32074" w:rsidRPr="00684ED8" w14:paraId="5B1765C2" w14:textId="77777777" w:rsidTr="00B32074">
+      <w:tr w:rsidR="00B32074" w:rsidRPr="00684ED8" w14:paraId="76C4F902" w14:textId="77777777" w:rsidTr="00B32074">
         <w:trPr>
           <w:trHeight w:val="418"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3536" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4A2E1E97" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="000B14B1" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="0C8B427A" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="000B14B1" w:rsidRDefault="00B32074" w:rsidP="00B32074">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B14B1">
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="000B14B1">
               <w:rPr>
@@ -7737,101 +7529,101 @@
               </w:rPr>
               <w:t>Tesourería Xeral da Seguridade Social</w:t>
             </w:r>
             <w:r w:rsidRPr="000B14B1">
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>(TGSS)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1464" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3EE10F5E" w14:textId="2866F605" w:rsidR="00B32074" w:rsidRPr="00684ED8" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="5581FC9D" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="00684ED8" w:rsidRDefault="00B32074" w:rsidP="00B32074">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r w:rsidRPr="00B32074">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Aporto este documento: </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="569472082"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00B32074">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B32074" w:rsidRPr="00684ED8" w14:paraId="677E9C9D" w14:textId="77777777" w:rsidTr="00B32074">
+      <w:tr w:rsidR="00B32074" w:rsidRPr="00684ED8" w14:paraId="53FF9CE6" w14:textId="77777777" w:rsidTr="00B32074">
         <w:trPr>
           <w:trHeight w:val="250"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3536" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="73EE1DF2" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="000B14B1" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="7D91CA18" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="000B14B1" w:rsidRDefault="00B32074" w:rsidP="00B32074">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t xml:space="preserve">4. </w:t>
             </w:r>
             <w:r w:rsidRPr="000B14B1">
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t xml:space="preserve">Certificación positiva </w:t>
             </w:r>
             <w:r w:rsidRPr="00615A77">
               <w:rPr>
                 <w:sz w:val="12"/>
@@ -7849,959 +7641,1169 @@
             </w:r>
             <w:r w:rsidRPr="00C92E47">
               <w:rPr>
                 <w:rStyle w:val="Refdenotaalpie"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:footnoteReference w:id="3"/>
             </w:r>
             <w:r w:rsidRPr="000B14B1">
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1464" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="39FAD9B4" w14:textId="7204E5B2" w:rsidR="00B32074" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="5D02EB09" w14:textId="77777777" w:rsidR="00B32074" w:rsidRDefault="00B32074" w:rsidP="00B32074">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r w:rsidRPr="00B32074">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Aporto este documento: </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="-2116440939"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00B32074">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="37AEE93A" w14:textId="77777777" w:rsidR="00F04EFD" w:rsidRPr="00C92E47" w:rsidRDefault="00F04EFD" w:rsidP="00F04EFD">
+    <w:p w14:paraId="1032FB39" w14:textId="77777777" w:rsidR="00F04EFD" w:rsidRPr="00C92E47" w:rsidRDefault="00F04EFD" w:rsidP="00F04EFD">
       <w:pPr>
         <w:pStyle w:val="c11corpotextoPortos"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="5004" w:type="pct"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5948"/>
         <w:gridCol w:w="2463"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F04EFD" w:rsidRPr="007060EC" w14:paraId="108325B5" w14:textId="77777777" w:rsidTr="00EE5704">
+      <w:tr w:rsidR="00F04EFD" w:rsidRPr="007060EC" w14:paraId="3C521359" w14:textId="77777777" w:rsidTr="00EE5704">
         <w:trPr>
           <w:trHeight w:val="298"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="pct25" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4CDB34BD" w14:textId="060F9C19" w:rsidR="00F04EFD" w:rsidRPr="00EE5704" w:rsidRDefault="00F04EFD" w:rsidP="00EE5704">
+          <w:p w14:paraId="0EDC811E" w14:textId="77777777" w:rsidR="00F04EFD" w:rsidRPr="00EE5704" w:rsidRDefault="00F04EFD" w:rsidP="0007056D">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="00026881">
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>. Solvencia económica</w:t>
             </w:r>
-            <w:r w:rsidRPr="00026881">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>, xustificada por un dos seguintes medios, ou por calquera dos indicados no artigo 87 LCSP</w:t>
-[...5 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B32074" w:rsidRPr="001F758C" w14:paraId="68781088" w14:textId="77777777" w:rsidTr="00B32074">
+      <w:tr w:rsidR="00B32074" w:rsidRPr="001F758C" w14:paraId="7AB72338" w14:textId="77777777" w:rsidTr="00B32074">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3536" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="124A4B93" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="007060EC" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="33BD00B2" w14:textId="74611989" w:rsidR="00B32074" w:rsidRPr="007060EC" w:rsidRDefault="00B32074" w:rsidP="00B32074">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                 <w:color w:val="00B0F0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00427238">
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t xml:space="preserve">Opción a) </w:t>
             </w:r>
+            <w:r w:rsidR="006569CB">
+              <w:rPr>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+              <w:t xml:space="preserve">No caso de que o solicitante sexa unha persoa xurídica, </w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
+              <w:r w:rsidR="006569CB">
+                <w:rPr>
+                  <w:rStyle w:val="Hipervnculo"/>
+                  <w:rFonts w:cs="Arial"/>
+                  <w:sz w:val="12"/>
+                  <w:szCs w:val="12"/>
+                </w:rPr>
+                <w:t>c</w:t>
+              </w:r>
               <w:r w:rsidRPr="00026881">
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:rFonts w:cs="Arial"/>
                   <w:sz w:val="12"/>
                   <w:szCs w:val="12"/>
                 </w:rPr>
-                <w:t>Certificado da AEAT do volume anual de negocios</w:t>
+                <w:t>ertificado da AEAT do volume anual de negocios</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00026881">
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>, referido aos tres últimos exercicios concluídos</w:t>
             </w:r>
             <w:r w:rsidRPr="00026881">
               <w:rPr>
                 <w:rStyle w:val="Refdenotaalpie"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
               <w:footnoteReference w:id="4"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1464" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26DC3207" w14:textId="71DE43BF" w:rsidR="00B32074" w:rsidRPr="00026881" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="74D06B73" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="00026881" w:rsidRDefault="00B32074" w:rsidP="00B32074">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B32074">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Aporto este documento: </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="-307085908"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00B32074">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B32074" w:rsidRPr="001F758C" w14:paraId="5A7C95E8" w14:textId="77777777" w:rsidTr="00B32074">
+      <w:tr w:rsidR="006569CB" w:rsidRPr="001F758C" w14:paraId="16AD6C67" w14:textId="77777777" w:rsidTr="00B32074">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3536" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="611F1103" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="00026881" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="62AC2372" w14:textId="269271CE" w:rsidR="006569CB" w:rsidRPr="00427238" w:rsidRDefault="006569CB" w:rsidP="006569CB">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:b/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00427238">
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
-              <w:t>Opción b)</w:t>
+              <w:t xml:space="preserve">Opción </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+              <w:t>b</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00427238">
+              <w:rPr>
+                <w:b/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+              <w:t xml:space="preserve">No caso de que o solicitante sexa unha persoa </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+              <w:t>física</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006569CB">
+              <w:rPr>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+              <w:t xml:space="preserve">a solvencia económica poderá acreditarse mediante a achega das declaracións do IRPF correspondentes </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00026881">
+              <w:rPr>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+              <w:t>aos tres últimos exercicios concluídos</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00026881">
+              <w:rPr>
+                <w:rStyle w:val="Refdenotaalpie"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+              <w:footnoteReference w:id="5"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1464" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00D8C295" w14:textId="4FA7134F" w:rsidR="006569CB" w:rsidRPr="00B32074" w:rsidRDefault="006569CB" w:rsidP="006569CB">
+            <w:pPr>
+              <w:pStyle w:val="c9Textocorpotboas1Portos"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B32074">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Aporto este documento: </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
+                </w:rPr>
+                <w:id w:val="77177507"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00B32074">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006569CB" w:rsidRPr="001F758C" w14:paraId="22C99A92" w14:textId="77777777" w:rsidTr="00B32074">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3536" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5ECF12B4" w14:textId="7CA8E0D1" w:rsidR="006569CB" w:rsidRPr="00026881" w:rsidRDefault="006569CB" w:rsidP="006569CB">
+            <w:pPr>
+              <w:pStyle w:val="c9Textocorpotboas1Portos"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00427238">
+              <w:rPr>
+                <w:b/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Opción </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+              <w:t>c</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00427238">
+              <w:rPr>
+                <w:b/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t xml:space="preserve"> Presentación de seguro de caución ou aval bancario que responda fronte ás obrigas financeiras en caso de imposibilidade do titular para afrontar as obrigas do título de ocupación do dominio público portuario</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1464" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="55F95D49" w14:textId="01772EDA" w:rsidR="00B32074" w:rsidRPr="00026881" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="490D6ADE" w14:textId="77777777" w:rsidR="006569CB" w:rsidRPr="00026881" w:rsidRDefault="006569CB" w:rsidP="006569CB">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B32074">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Aporto este documento: </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="-1466345055"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00B32074">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B32074" w:rsidRPr="00026881" w14:paraId="749201AE" w14:textId="77777777" w:rsidTr="00B32074">
+      <w:tr w:rsidR="006569CB" w:rsidRPr="00026881" w14:paraId="27F94606" w14:textId="77777777" w:rsidTr="00B32074">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3536" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="788FBDB2" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="00026881" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="2B3B974D" w14:textId="3BFBC9EB" w:rsidR="006569CB" w:rsidRPr="00026881" w:rsidRDefault="006569CB" w:rsidP="006569CB">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00427238">
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
-              <w:t xml:space="preserve">Opción c) </w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Opción </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+              <w:t>d</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00427238">
+              <w:rPr>
+                <w:b/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
             </w:r>
             <w:r w:rsidRPr="00026881">
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t xml:space="preserve">Seguro de indemnización por riscos profesionais </w:t>
             </w:r>
             <w:r w:rsidRPr="00512C00">
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>vixente</w:t>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> cando se desempeñen actividades</w:t>
+            </w:r>
             <w:r w:rsidRPr="00512C00">
               <w:rPr>
                 <w:rStyle w:val="Refdenotaalpie"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
-              <w:footnoteReference w:id="5"/>
+              <w:footnoteReference w:id="6"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1464" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F4B3DE3" w14:textId="3A7C49EC" w:rsidR="00B32074" w:rsidRPr="00026881" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="28282AA8" w14:textId="77777777" w:rsidR="006569CB" w:rsidRPr="00026881" w:rsidRDefault="006569CB" w:rsidP="006569CB">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B32074">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Aporto este documento: </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="-1705472408"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00B32074">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B32074" w:rsidRPr="00026881" w14:paraId="1F17AAA6" w14:textId="77777777" w:rsidTr="00B32074">
+      <w:tr w:rsidR="006569CB" w:rsidRPr="00026881" w14:paraId="6572F840" w14:textId="77777777" w:rsidTr="00B32074">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3536" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="205776B6" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="00427238" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="2100299A" w14:textId="77D2A466" w:rsidR="006569CB" w:rsidRPr="00427238" w:rsidRDefault="006569CB" w:rsidP="006569CB">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00427238">
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t xml:space="preserve">Opción </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
-              <w:t>d</w:t>
+              <w:t>e</w:t>
             </w:r>
             <w:r w:rsidRPr="00427238">
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t xml:space="preserve">) </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
-              <w:t xml:space="preserve">Patrimonio neto ou capital social do solicitante igual ou maior aos gastos anuais previstos no estudo económico-financeiro </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00A90891">
+              <w:t>Patrimonio neto ou capital social do solicitante igual ou maior aos gastos anuais previstos no estudo económico-financeiro</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B2225">
               <w:rPr>
                 <w:rStyle w:val="Refdenotaalpie"/>
-                <w:szCs w:val="12"/>
-[...1 lines deleted...]
-              <w:footnoteReference w:id="6"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+              <w:footnoteReference w:id="7"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1464" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1844B670" w14:textId="6DF417E1" w:rsidR="00B32074" w:rsidRPr="00026881" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="1E48AF1F" w14:textId="77777777" w:rsidR="006569CB" w:rsidRPr="00026881" w:rsidRDefault="006569CB" w:rsidP="006569CB">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B32074">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Aporto este documento: </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="-1870056729"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00B32074">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B32074" w:rsidRPr="00026881" w14:paraId="380A587A" w14:textId="77777777" w:rsidTr="00B32074">
+      <w:tr w:rsidR="006569CB" w:rsidRPr="00026881" w14:paraId="6926D027" w14:textId="77777777" w:rsidTr="00C36734">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3536" w:type="pct"/>
-          </w:tcPr>
-          <w:p w14:paraId="69FA727A" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="00427238" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="06AA8DBD" w14:textId="0B2B1B24" w:rsidR="006569CB" w:rsidRPr="00427238" w:rsidRDefault="006569CB" w:rsidP="006569CB">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00427238">
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t xml:space="preserve">Opción </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
-              <w:t>e</w:t>
+              <w:t>f</w:t>
             </w:r>
             <w:r w:rsidRPr="00427238">
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00A90891">
+            <w:r>
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="12"/>
               </w:rPr>
-              <w:t>Certificado da inscrición da solvencia económico-financeira da entidade validamente emitido no Rexistro Oficial de Licitadores y Empresas Clasificadas del Sector Público ou no Rexistro Xeral de Contratistas da Xunta de Galicia</w:t>
+              <w:t xml:space="preserve">Calquera outro medio admitido en dereito acorde coa finalidade ou ámbito da actividade obxecto do título solicitado. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C36734">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="12"/>
+              </w:rPr>
+              <w:t>Portos de Galicia poderá requirir documentación adicional no caso de que a documenta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="12"/>
+              </w:rPr>
+              <w:t>ción remitida sexa incompleta,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C36734">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> insuficiente</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ou non axeitada.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1464" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="25DA054E" w14:textId="1BA77E0D" w:rsidR="00B32074" w:rsidRPr="007C4E23" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="580C4102" w14:textId="77777777" w:rsidR="006569CB" w:rsidRPr="00B32074" w:rsidRDefault="006569CB" w:rsidP="006569CB">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:sz w:val="12"/>
-                <w:szCs w:val="12"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B32074">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Aporto este documento: </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
-                <w:id w:val="1673913858"/>
+                <w:id w:val="-1468963551"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00B32074">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7FF123AC" w14:textId="77777777" w:rsidR="00F04EFD" w:rsidRDefault="00F04EFD" w:rsidP="00F04EFD">
-[...9 lines deleted...]
-    <w:p w14:paraId="60F27824" w14:textId="77777777" w:rsidR="00F04EFD" w:rsidRPr="00C92E47" w:rsidRDefault="00F04EFD" w:rsidP="00F04EFD">
+    <w:p w14:paraId="110C4DA0" w14:textId="77777777" w:rsidR="00F04EFD" w:rsidRDefault="00F04EFD" w:rsidP="00F04EFD">
       <w:pPr>
         <w:pStyle w:val="c11corpotextoPortos"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="5004" w:type="pct"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="988"/>
         <w:gridCol w:w="4962"/>
         <w:gridCol w:w="2461"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F04EFD" w:rsidRPr="007060EC" w14:paraId="50FC7006" w14:textId="77777777" w:rsidTr="00EE5704">
+      <w:tr w:rsidR="00F04EFD" w:rsidRPr="007060EC" w14:paraId="3DD6A512" w14:textId="77777777" w:rsidTr="00563556">
+        <w:trPr>
+          <w:trHeight w:val="260"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="pct25" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="50F7E441" w14:textId="1074607A" w:rsidR="00F04EFD" w:rsidRPr="00AF5E36" w:rsidRDefault="00F04EFD" w:rsidP="00EE5704">
+          <w:p w14:paraId="534FF77F" w14:textId="77777777" w:rsidR="00F04EFD" w:rsidRPr="00AF5E36" w:rsidRDefault="00F04EFD" w:rsidP="00563556">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="00AF5E36">
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t xml:space="preserve">. Solvencia técnica ou profesional, </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00026881">
+              <w:t>. Solvencia técnica ou profesional</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>xustificada por un dos seguintes medios,</w:t>
-[...12 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B32074" w:rsidRPr="007060EC" w14:paraId="2517FD2C" w14:textId="77777777" w:rsidTr="00B32074">
+      <w:tr w:rsidR="00B32074" w:rsidRPr="007060EC" w14:paraId="4DD0C885" w14:textId="77777777" w:rsidTr="00B32074">
         <w:trPr>
           <w:trHeight w:val="112"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="587" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7F626AEC" w14:textId="77777777" w:rsidR="00B32074" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="6E876686" w14:textId="77777777" w:rsidR="00B32074" w:rsidRDefault="00B32074" w:rsidP="00B32074">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00427238">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t xml:space="preserve">Opción a) </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>Relación de principais servizos ou traballos</w:t>
             </w:r>
             <w:r w:rsidRPr="00516E8D">
               <w:rPr>
                 <w:rStyle w:val="Refdenotaalpie"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00516E8D">
               <w:rPr>
                 <w:rStyle w:val="Refdenotaalpie"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
-              <w:footnoteReference w:id="7"/>
+              <w:footnoteReference w:id="8"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2950" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7DACCA47" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="00512C00" w:rsidRDefault="00936875" w:rsidP="00B32074">
+          <w:p w14:paraId="5B750B5A" w14:textId="062C52FC" w:rsidR="00B32074" w:rsidRPr="00512C00" w:rsidRDefault="00ED7979" w:rsidP="00D50295">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:ind w:left="178" w:hanging="178"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:bCs w:val="0"/>
                   <w:sz w:val="12"/>
                   <w:szCs w:val="12"/>
                 </w:rPr>
                 <w:id w:val="1683321744"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00B32074" w:rsidRPr="00512C00">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs w:val="0"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00B32074" w:rsidRPr="00512C00">
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Se o destinatario sexa unha entidade do sector público, certificados de execución expedidos polo órgano competente</w:t>
+              <w:t xml:space="preserve"> Se o destinatario </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50295">
+              <w:rPr>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+              <w:t>é</w:t>
+            </w:r>
+            <w:r w:rsidR="00B32074" w:rsidRPr="00512C00">
+              <w:rPr>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> unha entidade do sector público, certificados de execución expedidos polo órgano competente</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1463" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="37DC9A4B" w14:textId="1560C94C" w:rsidR="00B32074" w:rsidRPr="00516E8D" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="34417275" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="00516E8D" w:rsidRDefault="00B32074" w:rsidP="00B32074">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B32074">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Aporto este documento: </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="-160473992"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00B32074">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B32074" w:rsidRPr="007060EC" w14:paraId="26BBD81F" w14:textId="77777777" w:rsidTr="00B32074">
+      <w:tr w:rsidR="00B32074" w:rsidRPr="007060EC" w14:paraId="4EF7A2B9" w14:textId="77777777" w:rsidTr="00B32074">
         <w:trPr>
           <w:trHeight w:val="161"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="587" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2458573B" w14:textId="77777777" w:rsidR="00B32074" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="5DA9843C" w14:textId="77777777" w:rsidR="00B32074" w:rsidRDefault="00B32074" w:rsidP="00B32074">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2950" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C172888" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="00512C00" w:rsidRDefault="00936875" w:rsidP="00B32074">
+          <w:p w14:paraId="4B42DD8B" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="00512C00" w:rsidRDefault="00ED7979" w:rsidP="00B32074">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:ind w:left="178" w:hanging="178"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:bCs w:val="0"/>
                   <w:sz w:val="12"/>
                   <w:szCs w:val="12"/>
                 </w:rPr>
                 <w:id w:val="-1965187042"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
@@ -8822,122 +8824,122 @@
             </w:sdt>
             <w:r w:rsidR="00B32074" w:rsidRPr="00512C00">
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00B32074" w:rsidRPr="00512C00">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>Se o destinatario é suxeito privado, certificado expedido por este</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1463" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3475D010" w14:textId="5669C218" w:rsidR="00B32074" w:rsidRPr="00516E8D" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="5F39FEFA" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="00516E8D" w:rsidRDefault="00B32074" w:rsidP="00B32074">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B32074">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Aporto este documento: </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="589425995"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00B32074">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B32074" w:rsidRPr="007060EC" w14:paraId="255F5F0A" w14:textId="77777777" w:rsidTr="00B32074">
+      <w:tr w:rsidR="00B32074" w:rsidRPr="007060EC" w14:paraId="62DBC014" w14:textId="77777777" w:rsidTr="00B32074">
         <w:trPr>
           <w:trHeight w:val="95"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="587" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F5EDCBB" w14:textId="77777777" w:rsidR="00B32074" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="0D2A6E40" w14:textId="77777777" w:rsidR="00B32074" w:rsidRDefault="00B32074" w:rsidP="00B32074">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2950" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45469FA4" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="00512C00" w:rsidRDefault="00936875" w:rsidP="00B32074">
+          <w:p w14:paraId="2FD434F7" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="00512C00" w:rsidRDefault="00ED7979" w:rsidP="00B32074">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:ind w:left="178" w:hanging="178"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:bCs w:val="0"/>
                   <w:sz w:val="12"/>
                   <w:szCs w:val="12"/>
                 </w:rPr>
                 <w:id w:val="-1281795174"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
@@ -8949,241 +8951,241 @@
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs w:val="0"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00B32074" w:rsidRPr="00512C00">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t xml:space="preserve"> Declaración do empresario</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1463" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2D9417BC" w14:textId="71F1A5FC" w:rsidR="00B32074" w:rsidRPr="00516E8D" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="7B00A58B" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="00516E8D" w:rsidRDefault="00B32074" w:rsidP="00B32074">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B32074">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Aporto este documento: </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="1700577267"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00B32074">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B32074" w:rsidRPr="007060EC" w14:paraId="35FCD036" w14:textId="77777777" w:rsidTr="00B32074">
+      <w:tr w:rsidR="00B32074" w:rsidRPr="007060EC" w14:paraId="561970E3" w14:textId="77777777" w:rsidTr="00B32074">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3537" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="56CDD102" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="00B46886" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="23649F67" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="00B46886" w:rsidRDefault="00B32074" w:rsidP="00B32074">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00427238">
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>Opción b)</w:t>
             </w:r>
             <w:r w:rsidRPr="00B46886">
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t xml:space="preserve"> Declaración</w:t>
             </w:r>
             <w:r w:rsidRPr="00C047F0">
               <w:rPr>
                 <w:rStyle w:val="Refdenotaalpie"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
-              <w:footnoteReference w:id="8"/>
+              <w:footnoteReference w:id="9"/>
             </w:r>
             <w:r w:rsidRPr="00C047F0">
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B46886">
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>sobre o cadro de persoal medio anual da empresa e a importancia do seu persoal directivo durante os tres últimos anos, acompañada da documentación xustificativa correspondente.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1463" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7F994519" w14:textId="7FD5F6AA" w:rsidR="00B32074" w:rsidRPr="00B46886" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="6643E79D" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="00B46886" w:rsidRDefault="00B32074" w:rsidP="00B32074">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B32074">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Aporto este documento: </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="-1664608779"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00B32074">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3ECC7279" w14:textId="77777777" w:rsidR="00F04EFD" w:rsidRPr="00C92E47" w:rsidRDefault="00F04EFD" w:rsidP="00F04EFD">
+    <w:p w14:paraId="290CA229" w14:textId="77777777" w:rsidR="00F04EFD" w:rsidRPr="00C92E47" w:rsidRDefault="00F04EFD" w:rsidP="00F04EFD">
       <w:pPr>
         <w:pStyle w:val="c11corpotextoPortos"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="5004" w:type="pct"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5948"/>
         <w:gridCol w:w="2463"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F04EFD" w:rsidRPr="000B14B1" w14:paraId="711F8254" w14:textId="77777777" w:rsidTr="00EE5704">
+      <w:tr w:rsidR="00F04EFD" w:rsidRPr="000B14B1" w14:paraId="2ED57B25" w14:textId="77777777" w:rsidTr="00EE5704">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="pct25" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5841D89A" w14:textId="095F80A4" w:rsidR="00F04EFD" w:rsidRPr="000B14B1" w:rsidRDefault="00F04EFD" w:rsidP="00EE5704">
+          <w:p w14:paraId="64B5D5BC" w14:textId="77777777" w:rsidR="00F04EFD" w:rsidRPr="000B14B1" w:rsidRDefault="00F04EFD" w:rsidP="00EE5704">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C84B57">
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
             <w:r w:rsidRPr="00C84B57">
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -9191,101 +9193,101 @@
             <w:r w:rsidRPr="000B14B1">
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Documento técnico descritivo</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> ou proxecto básico</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Refdenotaalpie"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:footnoteReference w:id="9"/>
+              <w:footnoteReference w:id="10"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C84B57">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">da </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">proposta de </w:t>
             </w:r>
             <w:r w:rsidRPr="00C84B57">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>execución de novas obras e/ou instalacións</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F04EFD" w:rsidRPr="00684ED8" w14:paraId="5263751B" w14:textId="77777777" w:rsidTr="00EE5704">
+      <w:tr w:rsidR="00F04EFD" w:rsidRPr="00684ED8" w14:paraId="4E14CF29" w14:textId="77777777" w:rsidTr="00EE5704">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="60D7D06B" w14:textId="77777777" w:rsidR="00F04EFD" w:rsidRPr="001F758C" w:rsidRDefault="00936875" w:rsidP="00EE5704">
+          <w:p w14:paraId="4EE1F8DB" w14:textId="77777777" w:rsidR="00F04EFD" w:rsidRPr="001F758C" w:rsidRDefault="00ED7979" w:rsidP="00EE5704">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:bCs w:val="0"/>
                   <w:sz w:val="12"/>
                   <w:szCs w:val="12"/>
                 </w:rPr>
                 <w:id w:val="-1770924672"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -9298,60 +9300,60 @@
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00F04EFD" w:rsidRPr="00512C00">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00F04EFD">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>Non se propón a execución de novas obras e/ou instalacións</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B32074" w:rsidRPr="00684ED8" w14:paraId="07E3211D" w14:textId="77777777" w:rsidTr="00B32074">
+      <w:tr w:rsidR="00B32074" w:rsidRPr="00684ED8" w14:paraId="701BEC6D" w14:textId="77777777" w:rsidTr="00B32074">
         <w:trPr>
           <w:trHeight w:val="50"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3536" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C907DA6" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="00BA0B10" w:rsidRDefault="00936875" w:rsidP="00B32074">
+          <w:p w14:paraId="0F5C3D6D" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="00BA0B10" w:rsidRDefault="00ED7979" w:rsidP="00B32074">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:bCs w:val="0"/>
                   <w:sz w:val="12"/>
                   <w:szCs w:val="12"/>
                 </w:rPr>
                 <w:id w:val="255176695"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -9369,351 +9371,408 @@
             </w:sdt>
             <w:r w:rsidR="00B32074" w:rsidRPr="00512C00">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00B32074">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>Si se propón a execución de novas obras e/ou instalacións</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1464" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="66272C80" w14:textId="44CC594B" w:rsidR="00B32074" w:rsidRPr="00684ED8" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="60AD36CB" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="00684ED8" w:rsidRDefault="00B32074" w:rsidP="00B32074">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r w:rsidRPr="00B32074">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Aporto este documento: </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="406037481"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00B32074">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B32074" w:rsidRPr="00684ED8" w14:paraId="4D67B0C6" w14:textId="77777777" w:rsidTr="00B32074">
+      <w:tr w:rsidR="00B32074" w:rsidRPr="00684ED8" w14:paraId="04EE8AD8" w14:textId="77777777" w:rsidTr="00B32074">
         <w:trPr>
           <w:trHeight w:val="785"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3536" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F7A1D9E" w14:textId="77777777" w:rsidR="00B32074" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="7A49F3E6" w14:textId="12C3C7C2" w:rsidR="00B32074" w:rsidRDefault="00B32074" w:rsidP="00B32074">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F6AE2">
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
-              <w:t>Documento técnico descritivo ou proxecto básico dixital en formato pdf. Deberá conter necesariamente:</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="7ACF0632" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="001F6AE2" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+              <w:t>Documento técnico descritivo ou proxect</w:t>
+            </w:r>
+            <w:r w:rsidR="00D1288E">
+              <w:rPr>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+              <w:t xml:space="preserve">o básico dixital en formato pdf, segundo as </w:t>
+            </w:r>
+            <w:r w:rsidR="00D1288E" w:rsidRPr="00D1288E">
+              <w:rPr>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+              <w:t>prescricións técnicas para a elaboración de proxectos básicos e/ou construtivos en títulos de ocupación do dominio público portuario</w:t>
+            </w:r>
+            <w:r w:rsidR="00D1288E">
+              <w:rPr>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F6AE2">
+              <w:rPr>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Deberá conter necesariamente:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="021ECAC0" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="001F6AE2" w:rsidRDefault="00B32074" w:rsidP="00B32074">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:ind w:left="314" w:hanging="142"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>Necesidade, xustificación e d</w:t>
             </w:r>
             <w:r w:rsidRPr="001F6AE2">
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>escrición da/s actuación/s</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>, precisando o seu c</w:t>
             </w:r>
             <w:r w:rsidRPr="001F6AE2">
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>arácter desmontable</w:t>
             </w:r>
             <w:r w:rsidRPr="001F6AE2">
               <w:rPr>
                 <w:rStyle w:val="Refdenotaalpie"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
-              <w:footnoteReference w:id="10"/>
+              <w:footnoteReference w:id="11"/>
             </w:r>
             <w:r w:rsidRPr="001F6AE2">
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t xml:space="preserve"> ou non</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="732D9729" w14:textId="77777777" w:rsidR="00B32074" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="7254D587" w14:textId="77777777" w:rsidR="00B32074" w:rsidRDefault="00B32074" w:rsidP="00B32074">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:ind w:left="314" w:hanging="142"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>Conxunto total de actividades que se desenvolverán no título</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="370CE86C" w14:textId="77777777" w:rsidR="00B32074" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="3B909B93" w14:textId="77777777" w:rsidR="00B32074" w:rsidRDefault="00B32074" w:rsidP="00B32074">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:ind w:left="314" w:hanging="142"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
-              <w:t xml:space="preserve">Xustificación de adaptación á </w:t>
+              <w:t xml:space="preserve">Xustificación de </w:t>
+            </w:r>
+            <w:r w:rsidR="009F65E3">
+              <w:rPr>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+              <w:t>que non se opón</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> á </w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r w:rsidRPr="00BA0B10">
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:rFonts w:cs="Arial"/>
                   <w:sz w:val="12"/>
                   <w:szCs w:val="12"/>
                 </w:rPr>
                 <w:t>Delimitación de Espazos e Usos Portuarios</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (se existe) e </w:t>
+              <w:t xml:space="preserve"> e </w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r w:rsidRPr="00BA0B10">
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:rFonts w:cs="Arial"/>
                   <w:sz w:val="12"/>
                   <w:szCs w:val="12"/>
                 </w:rPr>
                 <w:t>Plan Especial de Ordenación Portuaria</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...7 lines deleted...]
-          <w:p w14:paraId="053D39B3" w14:textId="77777777" w:rsidR="00B32074" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+            <w:r w:rsidR="009F65E3">
+              <w:rPr>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+              <w:t>. En todo caso a solicitude deberá axustarse á normativa vixente</w:t>
+            </w:r>
+            <w:r w:rsidR="00E57231">
+              <w:rPr>
+                <w:rStyle w:val="Refdenotaalpie"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+              <w:footnoteReference w:id="12"/>
+            </w:r>
+            <w:r w:rsidR="009F65E3">
+              <w:rPr>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35AD26CD" w14:textId="77777777" w:rsidR="00B32074" w:rsidRDefault="00B32074" w:rsidP="00B32074">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:ind w:left="314" w:hanging="142"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>Plano/s acoutados coa ocupación solicitada, planta/s e alzado/s</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="18DB3FED" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="001F6AE2" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="4EB65C7D" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="001F6AE2" w:rsidRDefault="00B32074" w:rsidP="00B32074">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:ind w:left="314" w:hanging="142"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F6AE2">
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>Orzamento</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t xml:space="preserve"> total sen IVE e con IVE</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2E302DE8" w14:textId="77777777" w:rsidR="00B32074" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="45071554" w14:textId="77777777" w:rsidR="00B32074" w:rsidRDefault="00B32074" w:rsidP="00B32074">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:ind w:left="314" w:hanging="142"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F6AE2">
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>Prazo de execución</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="095DE9B6" w14:textId="77777777" w:rsidR="00B32074" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="3BCA2343" w14:textId="77777777" w:rsidR="00B32074" w:rsidRDefault="00B32074" w:rsidP="00B32074">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:ind w:left="314" w:hanging="142"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D01E21">
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>Sinatura electrónica de técnico competente</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="72DBA915" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="006F0D8C" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="54B7A2D2" w14:textId="4C085BA0" w:rsidR="00D1288E" w:rsidRPr="00ED7979" w:rsidRDefault="00B32074" w:rsidP="00D1288E">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:ind w:left="314" w:hanging="142"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F0D8C">
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t xml:space="preserve">Modelo de ficha técnica básica de solicitude de obras e/ou instalacións, dispoñible facendo clic </w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r w:rsidRPr="006F0D8C">
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:rFonts w:cs="Arial"/>
@@ -9721,334 +9780,423 @@
                   <w:sz w:val="12"/>
                   <w:szCs w:val="12"/>
                 </w:rPr>
                 <w:t>aquí</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="006F0D8C">
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t xml:space="preserve">, seguindo as instrucións indicadas na seguinte ruta: </w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r w:rsidRPr="006F0D8C">
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:rFonts w:eastAsia="MS Gothic" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="12"/>
                   <w:szCs w:val="12"/>
                 </w:rPr>
                 <w:t>https://portosdegalicia.gal/modelo-ficha-tecnica</w:t>
               </w:r>
             </w:hyperlink>
+            <w:bookmarkStart w:id="2" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1464" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4244330F" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="001F758C" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="23EE3832" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="001F758C" w:rsidRDefault="00B32074" w:rsidP="00B32074">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1DF56C1B" w14:textId="77777777" w:rsidR="00F04EFD" w:rsidRDefault="00F04EFD" w:rsidP="00F04EFD">
+    <w:p w14:paraId="4E51282E" w14:textId="77777777" w:rsidR="00F04EFD" w:rsidRDefault="00F04EFD" w:rsidP="00F04EFD">
       <w:pPr>
         <w:pStyle w:val="c11corpotextoPortos"/>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="5004" w:type="pct"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5948"/>
         <w:gridCol w:w="2463"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F04EFD" w:rsidRPr="000B14B1" w14:paraId="2432BDD9" w14:textId="77777777" w:rsidTr="00EE5704">
+      <w:tr w:rsidR="00F04EFD" w:rsidRPr="000B14B1" w14:paraId="53220056" w14:textId="77777777" w:rsidTr="00EE5704">
         <w:trPr>
           <w:trHeight w:val="324"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="pct25" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B5AC48A" w14:textId="77777777" w:rsidR="00F04EFD" w:rsidRPr="000B14B1" w:rsidRDefault="00F04EFD" w:rsidP="00EE5704">
+          <w:p w14:paraId="1A7F50E5" w14:textId="77777777" w:rsidR="007D0813" w:rsidRDefault="00F04EFD" w:rsidP="007D0813">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r w:rsidRPr="000B14B1">
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Resgardo da garantía provisional depositada na Caixa Xeral de Depósitos da Consellería de Facenda</w:t>
             </w:r>
+            <w:r w:rsidR="007D0813">
+              <w:rPr>
+                <w:b/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="007D0813">
+              <w:rPr>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>Para máis información sobre como depositar garantías de forma electrónica na Caixa Xeral de Depósitos pode consultar:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="214F0F0D" w14:textId="77777777" w:rsidR="007D0813" w:rsidRDefault="007D0813" w:rsidP="007D0813">
+            <w:pPr>
+              <w:pStyle w:val="c9Textocorpotboas1Portos"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="27"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Páxina web de Portos de Galicia &gt; </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r w:rsidRPr="007D0813">
+                <w:rPr>
+                  <w:rStyle w:val="Hipervnculo"/>
+                  <w:rFonts w:cs="Arial"/>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nota informativa sobre a presentación de garantías electrónicas </w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71011F7D" w14:textId="77777777" w:rsidR="00F04EFD" w:rsidRPr="000B14B1" w:rsidRDefault="007D0813" w:rsidP="007D0813">
+            <w:pPr>
+              <w:pStyle w:val="c9Textocorpotboas1Portos"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="27"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Páxina web da Consellería de Facenda &gt; </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r w:rsidRPr="007D0813">
+                <w:rPr>
+                  <w:rStyle w:val="Hipervnculo"/>
+                  <w:rFonts w:cs="Arial"/>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
+                </w:rPr>
+                <w:t>Información xeral de contacto da Caixa Xeral de Depósitos</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B32074" w:rsidRPr="00684ED8" w14:paraId="4CBB701E" w14:textId="77777777" w:rsidTr="00B32074">
+      <w:tr w:rsidR="00B32074" w:rsidRPr="00684ED8" w14:paraId="515E8CD3" w14:textId="77777777" w:rsidTr="00B32074">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3536" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="49A9EDE5" w14:textId="77777777" w:rsidR="00B32074" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="5A73BBE2" w14:textId="77777777" w:rsidR="00B32074" w:rsidRDefault="00B32074" w:rsidP="00B32074">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>No caso de que:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="17184FA6" w14:textId="77777777" w:rsidR="00B32074" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="24FBA25F" w14:textId="77777777" w:rsidR="00B32074" w:rsidRDefault="00B32074" w:rsidP="00B32074">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:ind w:left="316" w:hanging="142"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>Non se executen obras: o valor será de 1.000€.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1AB44489" w14:textId="77777777" w:rsidR="00B32074" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="6490E51C" w14:textId="77777777" w:rsidR="00B32074" w:rsidRDefault="00B32074" w:rsidP="00B32074">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:ind w:left="316" w:hanging="142"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>Si se executen obras. O valor será o maior dos seguintes valores:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="10B5FC36" w14:textId="77777777" w:rsidR="00B32074" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="25B251C5" w14:textId="77777777" w:rsidR="00B32074" w:rsidRDefault="00B32074" w:rsidP="00B32074">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:ind w:left="599" w:hanging="142"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>2% do valor sen IVE das obras a executar</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="30995F30" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="000B14B1" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="44F7A9F0" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="000B14B1" w:rsidRDefault="00B32074" w:rsidP="00B32074">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:ind w:left="599" w:hanging="142"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>1.000€</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1464" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A69ED24" w14:textId="4D1D1FEB" w:rsidR="00B32074" w:rsidRPr="00684ED8" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="6C3F3EF1" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="00684ED8" w:rsidRDefault="00B32074" w:rsidP="00B32074">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r w:rsidRPr="00B32074">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Aporto este documento: </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="-491022178"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00B32074">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4DC91A6C" w14:textId="77777777" w:rsidR="00F04EFD" w:rsidRDefault="00F04EFD" w:rsidP="00F04EFD">
+    <w:p w14:paraId="334D5C6F" w14:textId="77777777" w:rsidR="00F04EFD" w:rsidRDefault="00F04EFD" w:rsidP="00F04EFD">
       <w:pPr>
         <w:pStyle w:val="c11corpotextoPortos"/>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="5004" w:type="pct"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5948"/>
         <w:gridCol w:w="2463"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F04EFD" w:rsidRPr="000B14B1" w14:paraId="330C9077" w14:textId="77777777" w:rsidTr="00EE5704">
+      <w:tr w:rsidR="00F04EFD" w:rsidRPr="000B14B1" w14:paraId="5E16C236" w14:textId="77777777" w:rsidTr="00EE5704">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="pct25" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="37076DD0" w14:textId="77777777" w:rsidR="00F04EFD" w:rsidRPr="008936B7" w:rsidRDefault="00F04EFD" w:rsidP="00EE5704">
+          <w:p w14:paraId="39DFE9BD" w14:textId="69BAC306" w:rsidR="00F04EFD" w:rsidRPr="008936B7" w:rsidRDefault="00F04EFD" w:rsidP="00CC27EF">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="0000FF" w:themeColor="hyperlink"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r w:rsidRPr="000B14B1">
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
@@ -10074,605 +10222,624 @@
               <w:t>económico-financeir</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>o</w:t>
             </w:r>
             <w:r w:rsidRPr="000B14B1">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> da actividade</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">. Para elo, dispón do modelo dispoñible en: </w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r w:rsidRPr="00E4555A">
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:rFonts w:cs="Arial"/>
                   <w:sz w:val="14"/>
                   <w:szCs w:val="14"/>
                 </w:rPr>
                 <w:t>www.portosdegalicia.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> &gt; Xestións Modelos e formularios &gt; </w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:tgtFrame="_blank" w:history="1">
+            <w:hyperlink r:id="rId21" w:tgtFrame="_blank" w:history="1">
               <w:r w:rsidRPr="008936B7">
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="14"/>
                   <w:szCs w:val="14"/>
                 </w:rPr>
                 <w:t>22. ESTUDO ECONÓMICO-FINANCIEIRO</w:t>
               </w:r>
               <w:r w:rsidRPr="008936B7">
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="14"/>
                   <w:szCs w:val="14"/>
                 </w:rPr>
                 <w:t> </w:t>
               </w:r>
               <w:r w:rsidRPr="008936B7">
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:rFonts w:cs="Arial"/>
                   <w:sz w:val="14"/>
                   <w:szCs w:val="14"/>
                 </w:rPr>
                 <w:t>para t</w:t>
               </w:r>
               <w:r w:rsidRPr="008936B7">
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:rFonts w:cs="Xunta Sans"/>
                   <w:sz w:val="14"/>
                   <w:szCs w:val="14"/>
                 </w:rPr>
                 <w:t>í</w:t>
               </w:r>
               <w:r w:rsidRPr="008936B7">
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:rFonts w:cs="Arial"/>
                   <w:sz w:val="14"/>
                   <w:szCs w:val="14"/>
                 </w:rPr>
-                <w:t>tulo de ocupacion de dominio p</w:t>
+                <w:t>tulo de ocupaci</w:t>
+              </w:r>
+              <w:r w:rsidR="00CC27EF">
+                <w:rPr>
+                  <w:rStyle w:val="Hipervnculo"/>
+                  <w:rFonts w:cs="Arial"/>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
+                </w:rPr>
+                <w:t>ó</w:t>
+              </w:r>
+              <w:r w:rsidRPr="008936B7">
+                <w:rPr>
+                  <w:rStyle w:val="Hipervnculo"/>
+                  <w:rFonts w:cs="Arial"/>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
+                </w:rPr>
+                <w:t>n de dominio p</w:t>
               </w:r>
               <w:r w:rsidRPr="008936B7">
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:rFonts w:cs="Xunta Sans"/>
                   <w:sz w:val="14"/>
                   <w:szCs w:val="14"/>
                 </w:rPr>
                 <w:t>ú</w:t>
               </w:r>
               <w:r w:rsidRPr="008936B7">
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:rFonts w:cs="Arial"/>
                   <w:sz w:val="14"/>
                   <w:szCs w:val="14"/>
                 </w:rPr>
                 <w:t>blico portuario</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B32074" w:rsidRPr="00684ED8" w14:paraId="164F448C" w14:textId="77777777" w:rsidTr="00B32074">
+      <w:tr w:rsidR="00B32074" w:rsidRPr="00684ED8" w14:paraId="293C5E3D" w14:textId="77777777" w:rsidTr="00B32074">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3536" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="040EFF26" w14:textId="77777777" w:rsidR="00B32074" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="2A25878E" w14:textId="77777777" w:rsidR="00B32074" w:rsidRDefault="00B32074" w:rsidP="00B32074">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:ind w:left="30"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>Deberá conter, como mínimo:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4E5F0715" w14:textId="77777777" w:rsidR="00B32074" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="7CCE28AD" w14:textId="77777777" w:rsidR="00B32074" w:rsidRDefault="00B32074" w:rsidP="00B32074">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:ind w:left="314" w:hanging="142"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B14B1">
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t xml:space="preserve">Relación detallada e xustificada dos ingresos anuais estimados durante o prazo de vixencia </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>do título</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2E9F85E6" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="00CF0F70" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="0BFB69BD" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="00CF0F70" w:rsidRDefault="00B32074" w:rsidP="00B32074">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:ind w:left="314" w:hanging="142"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF0F70">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>Relación detallada e xustificada dos gastos estimados durante o prazo de vixencia do título</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="38E09728" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="008936B7" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="471438EC" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="008936B7" w:rsidRDefault="00B32074" w:rsidP="00B32074">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:ind w:left="314" w:hanging="142"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF0F70">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>Avaliación da rendib</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>ilidade neta, antes de impostos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1464" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="05F154CF" w14:textId="3A414E8B" w:rsidR="00B32074" w:rsidRPr="00684ED8" w:rsidRDefault="00B32074" w:rsidP="00B32074">
+          <w:p w14:paraId="6DD89797" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="00684ED8" w:rsidRDefault="00B32074" w:rsidP="00B32074">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r w:rsidRPr="00B32074">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Aporto este documento: </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="-321113662"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00B32074">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="324449F3" w14:textId="77777777" w:rsidR="00591E61" w:rsidRDefault="00591E61" w:rsidP="00591E61">
+    <w:p w14:paraId="0BF810AC" w14:textId="77777777" w:rsidR="00591E61" w:rsidRDefault="00591E61" w:rsidP="00591E61">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="14"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="70819121" w14:textId="77777777" w:rsidR="00F04EFD" w:rsidRPr="00AC4BE3" w:rsidRDefault="00F04EFD" w:rsidP="00591E61">
+    <w:p w14:paraId="46A4470A" w14:textId="77777777" w:rsidR="00F04EFD" w:rsidRPr="00AC4BE3" w:rsidRDefault="00F04EFD" w:rsidP="00591E61">
       <w:pPr>
         <w:pStyle w:val="c9Textocorpotboas1Portos"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="49077BD6" w14:textId="752A4B42" w:rsidR="005E711E" w:rsidRDefault="005E711E" w:rsidP="006C71B0">
+    <w:p w14:paraId="27461916" w14:textId="77777777" w:rsidR="005E711E" w:rsidRDefault="005E711E" w:rsidP="006C71B0">
       <w:pPr>
         <w:pStyle w:val="c9Textocorpotboas1Portos"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="005E711E">
         <w:t xml:space="preserve">O abaixo asinante, en representación do solicitante da concesión, solicita que a Presidencia de Portos de Galicia considere a tramitación desta solicitude de concesión demanial no Dominio Público Portuario. Para elo achega a documentación indicada nos anexos. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E373D34" w14:textId="77777777" w:rsidR="0024701F" w:rsidRPr="005E711E" w:rsidRDefault="0024701F" w:rsidP="006C71B0">
+    <w:p w14:paraId="473D1B49" w14:textId="77777777" w:rsidR="0024701F" w:rsidRPr="005E711E" w:rsidRDefault="0024701F" w:rsidP="006C71B0">
       <w:pPr>
         <w:pStyle w:val="c9Textocorpotboas1Portos"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="12A55BEF" w14:textId="2AA8F1D7" w:rsidR="0024701F" w:rsidRDefault="005E711E" w:rsidP="006C71B0">
+    <w:p w14:paraId="0E4CA580" w14:textId="77777777" w:rsidR="0024701F" w:rsidRDefault="005E711E" w:rsidP="006C71B0">
       <w:pPr>
         <w:pStyle w:val="c9Textocorpotboas1Portos"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="005E711E">
         <w:t xml:space="preserve">En </w:t>
       </w:r>
       <w:r w:rsidRPr="005E711E">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="(nome da cidade de sinatura da instancia)"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="005E711E">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="005E711E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="005E711E">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>(nome da cidade de sinatura da instancia)</w:t>
       </w:r>
       <w:r w:rsidRPr="005E711E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="005E711E">
         <w:t xml:space="preserve">, á data  </w:t>
       </w:r>
       <w:r w:rsidR="006C71B0">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="(DD/MM/AAAA)"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="Texto4"/>
+      <w:bookmarkStart w:id="3" w:name="Texto4"/>
       <w:r w:rsidR="006C71B0">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="006C71B0">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="006C71B0">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>(DD/MM/AAAA)</w:t>
       </w:r>
       <w:r w:rsidR="006C71B0">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="3"/>
     </w:p>
-    <w:p w14:paraId="08C0D6DD" w14:textId="77777777" w:rsidR="002947C5" w:rsidRDefault="002947C5" w:rsidP="006C71B0">
+    <w:p w14:paraId="2D75DB25" w14:textId="77777777" w:rsidR="002947C5" w:rsidRDefault="002947C5" w:rsidP="006C71B0">
       <w:pPr>
         <w:pStyle w:val="c9Textocorpotboas1Portos"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="62C6CEA3" w14:textId="6933F166" w:rsidR="005E711E" w:rsidRPr="005E711E" w:rsidRDefault="005E711E" w:rsidP="006C71B0">
+    <w:p w14:paraId="1D64E466" w14:textId="77777777" w:rsidR="005E711E" w:rsidRPr="005E711E" w:rsidRDefault="005E711E" w:rsidP="006C71B0">
       <w:pPr>
         <w:pStyle w:val="c9Textocorpotboas1Portos"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="005E711E">
         <w:t>Asinado</w:t>
       </w:r>
       <w:r w:rsidR="002947C5">
         <w:t xml:space="preserve"> electronicamente</w:t>
       </w:r>
       <w:r w:rsidRPr="005E711E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="751DD08C" w14:textId="77777777" w:rsidR="00B32074" w:rsidRDefault="00B32074" w:rsidP="006C71B0">
+    <w:p w14:paraId="429ADB3F" w14:textId="77777777" w:rsidR="00B32074" w:rsidRDefault="00B32074" w:rsidP="006C71B0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="gl-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31D2DE98" w14:textId="15DDB2B7" w:rsidR="00B10596" w:rsidRDefault="00B10596" w:rsidP="00B10596">
+    <w:p w14:paraId="49D9D096" w14:textId="77777777" w:rsidR="00B10596" w:rsidRDefault="00B10596" w:rsidP="00B10596">
       <w:pPr>
         <w:pStyle w:val="T9TboasPortos"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">ANEXO II. </w:t>
       </w:r>
       <w:r w:rsidRPr="00E33402">
         <w:t xml:space="preserve">DATOS </w:t>
       </w:r>
       <w:r>
         <w:t>RELATIVOS AO SUBMINISTRO DE ELECTRICIDADE E/OU AUGA POR PARTE DE PORTOS DE GALICIA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="785B2E47" w14:textId="07F9FE2A" w:rsidR="007C1713" w:rsidRDefault="007C1713" w:rsidP="00B10596">
+    <w:p w14:paraId="4423D605" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713" w:rsidP="00B10596">
       <w:pPr>
         <w:pStyle w:val="T9TboasPortos"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="5003" w:type="pct"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="439"/>
         <w:gridCol w:w="465"/>
         <w:gridCol w:w="522"/>
         <w:gridCol w:w="423"/>
         <w:gridCol w:w="423"/>
         <w:gridCol w:w="990"/>
         <w:gridCol w:w="990"/>
         <w:gridCol w:w="1234"/>
         <w:gridCol w:w="2923"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007C1713" w14:paraId="2003E6B5" w14:textId="77777777" w:rsidTr="007C1713">
+      <w:tr w:rsidR="007C1713" w14:paraId="13779380" w14:textId="77777777" w:rsidTr="007C1713">
         <w:trPr>
           <w:trHeight w:val="416"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="539897C9" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="2DD65B41" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:pStyle w:val="EnumeracinsPortos"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="25"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>ELECTRICIDADE - SUBMINISTRACIÓN POR PORTOS DE GALICIA</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Refdenotaalpie"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:footnoteReference w:id="11"/>
+              <w:footnoteReference w:id="13"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C1713" w14:paraId="4FD18E12" w14:textId="77777777" w:rsidTr="007C1713">
+      <w:tr w:rsidR="007C1713" w14:paraId="4B28FEF0" w14:textId="77777777" w:rsidTr="007C1713">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="186"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="250" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="50B6601B" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="6D624288" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>NON</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="843" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7F91C80B" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="6D9F3B9D" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="14"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>NON PRECISA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="253" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="16B43ED7" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="00936875">
+          <w:p w14:paraId="10BED892" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="00ED7979">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="14"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="es-ES"/>
                 </w:rPr>
                 <w:id w:val="1238904246"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -10681,205 +10848,205 @@
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3654" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1BDB86DD" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="04870720" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>SOLICITANTE DECLARA QUE NON PRECISA DESTA SUBMINISTRACIÓN</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C1713" w14:paraId="79F85BCF" w14:textId="77777777" w:rsidTr="007C1713">
+      <w:tr w:rsidR="007C1713" w14:paraId="69EC8D17" w14:textId="77777777" w:rsidTr="007C1713">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="976"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="354434D0" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="7EC90C62" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="843" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="14AAD519" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="01ED0B95" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="14"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>CONTRATO DE SUBMINISTRO INDEPENDENTE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="253" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="78BDE922" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="00936875">
+          <w:p w14:paraId="7DE20FE4" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="00ED7979">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="es-ES"/>
                 </w:rPr>
                 <w:id w:val="-552842607"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007C1713">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3654" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="28A5C161" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="6488A9F2" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>PORTOS DE GALICIA NON REALIZARÁ A SUBMINISTRACIÓN</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
@@ -10922,133 +11089,133 @@
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> A CONTAR DESDE A DATA DE NOTIFICACIÓN DO PRESENTE TÍTULO, O INTERESADO </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>DEBERÁ REMITIR</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> A TRAVÉS DO </w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:bCs w:val="0"/>
                   <w:sz w:val="12"/>
                   <w:szCs w:val="12"/>
                   <w:lang w:eastAsia="es-ES"/>
                 </w:rPr>
                 <w:t>PROCEDEMENTO PR004A</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> DA </w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:bCs w:val="0"/>
                   <w:sz w:val="12"/>
                   <w:szCs w:val="12"/>
                   <w:lang w:eastAsia="es-ES"/>
                 </w:rPr>
                 <w:t>SEDE ELECTRÓNICA DA XUNTA DE GALICIA</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> A </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>ÚLTIMA FACTURA DE QUE DISPOÑA DA DITA DE SUBMINISTRACIÓN</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">, EMPREGANDO O FORMULARIO EXISTENTE NA SEGUINTE RUTA: </w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:bCs w:val="0"/>
                   <w:sz w:val="12"/>
                   <w:szCs w:val="12"/>
                   <w:lang w:eastAsia="es-ES"/>
                 </w:rPr>
                 <w:t>www.portosdegalicia.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> &gt; Xestións &gt; Modelos e formularios &gt; </w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:tgtFrame="_blank" w:history="1">
+            <w:hyperlink r:id="rId25" w:tgtFrame="_blank" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:b/>
                   <w:sz w:val="12"/>
                   <w:szCs w:val="12"/>
                   <w:lang w:eastAsia="es-ES"/>
                 </w:rPr>
                 <w:t>07A. REMISIÓN DE CONTRATO DE SUBMINISTRO</w:t>
               </w:r>
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:bCs w:val="0"/>
                   <w:sz w:val="12"/>
                   <w:szCs w:val="12"/>
                   <w:lang w:eastAsia="es-ES"/>
                 </w:rPr>
                 <w:t> </w:t>
               </w:r>
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:bCs w:val="0"/>
@@ -11120,473 +11287,473 @@
                   <w:lang w:eastAsia="es-ES"/>
                 </w:rPr>
                 <w:t>blico portuario</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Hipervnculo"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>A NON REMISIÓN DA DOCUMENTACIÓN SOLICITADA NO PRAZO INDICADO SERÁ CAUSA DE CADUCIDADE DO TÍTULO</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C1713" w14:paraId="0D535936" w14:textId="77777777" w:rsidTr="007C1713">
+      <w:tr w:rsidR="007C1713" w14:paraId="04A4CEC6" w14:textId="77777777" w:rsidTr="007C1713">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="95"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="250" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="47E70F88" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="32EDA5F0" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>SI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="843" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="064BADA6" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="6203C852" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="14"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>CONTADOR EXISTENTE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="253" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="20517998" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="00936875">
+          <w:p w14:paraId="4628CD5A" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="00ED7979">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="es-ES"/>
                 </w:rPr>
                 <w:id w:val="-107273080"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007C1713">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3654" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="70B29036" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="265ACE30" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">A SUBMINSITRACIÓN SERÁ A TRAVÉS DE </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>CONTADOR DE PORTOS DE GALICIA XA EXISTENTE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C1713" w14:paraId="32E4D787" w14:textId="77777777" w:rsidTr="007C1713">
+      <w:tr w:rsidR="007C1713" w14:paraId="73D45207" w14:textId="77777777" w:rsidTr="007C1713">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="47"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="51922E2E" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="419D3269" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="70027213" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="46A3ADA0" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="28DF3B2A" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="1048B7E8" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1915" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="16ED8244" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="50C3FE85" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>CÓDIGO CONTADOR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1739" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="30AB3389" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="0A0819D9" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>PROCEDENTE DO TÍTULO CLAVE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C1713" w14:paraId="2BBD5C44" w14:textId="77777777" w:rsidTr="007C1713">
+      <w:tr w:rsidR="007C1713" w14:paraId="6925E60F" w14:textId="77777777" w:rsidTr="007C1713">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="105"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="102D17D5" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="335BB93A" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2CF80C4A" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="60DDA216" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="42FC386B" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="31A012CA" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1915" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="610D29ED" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="64FD9F54" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:default w:val="(CÓDIGO CONTADOR PRESENTE EN ESPIGÓN  OU &quot;-&quot;)"/>
@@ -11636,51 +11803,51 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1739" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="510E46C2" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="70D65272" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:default w:val="(CLAVE TÍTULO ANTERIOR OU &quot;-&quot;)"/>
                   </w:textInput>
@@ -11713,203 +11880,203 @@
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>(CLAVE TÍTULO ANTERIOR OU "-")</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C1713" w14:paraId="42E32E2C" w14:textId="77777777" w:rsidTr="007C1713">
+      <w:tr w:rsidR="007C1713" w14:paraId="6CAB0EDD" w14:textId="77777777" w:rsidTr="007C1713">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1134"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1A8963BD" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="6DF7B705" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="843" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="23C404A1" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="53353865" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>NOVO CONTADOR</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="31F26C75" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="3BC16504" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="14"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>A INSTALAR POLO INTERESADO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="253" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3C37816C" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="00936875">
+          <w:p w14:paraId="054D1AA1" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="00ED7979">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="es-ES"/>
                 </w:rPr>
                 <w:id w:val="-778946029"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007C1713">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3654" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="386CD990" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="7A035399" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>A SUBMINISTRACIÓN REALIZARASE POR PORTOS DE GALICIA A TRAVÉS DE CONTADOR A INSTALAR</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
@@ -11952,133 +12119,133 @@
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> A CONTAR DESDE A DATA DE NOTIFICACIÓN DO PRESENTE TÍTULO, O INTERESADO </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>DEBERÁ REMITIR</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> A TRAVÉS DO </w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:bCs w:val="0"/>
                   <w:sz w:val="12"/>
                   <w:szCs w:val="12"/>
                   <w:lang w:eastAsia="es-ES"/>
                 </w:rPr>
                 <w:t>PROCEDEMENTO PR004A</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> DA </w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:bCs w:val="0"/>
                   <w:sz w:val="12"/>
                   <w:szCs w:val="12"/>
                   <w:lang w:eastAsia="es-ES"/>
                 </w:rPr>
                 <w:t>SEDE ELECTRÓNICA DA XUNTA DE GALICIA</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>DOCUMENTOS CERTIFICATIVOS E FOTOGRAFÍAS NOS QUE SE VERIFIQUE A INSTALACIÓN DO CONTADOR E SE IDENTIFIQUE CLARAMENTE O CÓDIGO DO MESMO</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">, EMPREGANDO O FORMULARIO EXISTENTE NA SEGUINTE RUTA: </w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:bCs w:val="0"/>
                   <w:sz w:val="12"/>
                   <w:szCs w:val="12"/>
                   <w:lang w:eastAsia="es-ES"/>
                 </w:rPr>
                 <w:t>www.portosdegalicia.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> &gt; Xestións &gt; Modelos e formularios &gt; </w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:tgtFrame="_blank" w:history="1">
+            <w:hyperlink r:id="rId29" w:tgtFrame="_blank" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:b/>
                   <w:sz w:val="12"/>
                   <w:szCs w:val="12"/>
                   <w:lang w:eastAsia="es-ES"/>
                 </w:rPr>
                 <w:t>07B. IDENTIFICACIÓN DE CONTADOR CONECTADO Á REDE DE PORTOS DE</w:t>
               </w:r>
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:bCs w:val="0"/>
                   <w:sz w:val="12"/>
                   <w:szCs w:val="12"/>
                   <w:lang w:eastAsia="es-ES"/>
                 </w:rPr>
                 <w:t> </w:t>
               </w:r>
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:b/>
@@ -12108,237 +12275,237 @@
                   <w:lang w:eastAsia="es-ES"/>
                 </w:rPr>
                 <w:t>de título de ocupación do dominio público portuario</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Hipervnculo"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>A NON REMISIÓN DA DOCUMENTACIÓN SOLICITADA NO PRAZO INDICADO SERÁ CAUSA DE CADUCIDADE DO TÍTULO</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C1713" w14:paraId="42C14A96" w14:textId="77777777" w:rsidTr="007C1713">
+      <w:tr w:rsidR="007C1713" w14:paraId="26E2CB74" w14:textId="77777777" w:rsidTr="007C1713">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="269"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="206F250E" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="79661EE8" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4750" w:type="pct"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="62ED401C" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="5DBC9667" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="14"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="14"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>CAPACIDADE DA REDE DE PORTOS DE GALICIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C1713" w14:paraId="7D7AA19A" w14:textId="77777777" w:rsidTr="007C1713">
+      <w:tr w:rsidR="007C1713" w14:paraId="43B22657" w14:textId="77777777" w:rsidTr="007C1713">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="85"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0C574339" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="65A3F967" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="278" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0ABA964F" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="5EA3E392" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>SUFICIENTE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="311" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="33251BCF" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="505E3B3E" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>SI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="254" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="31A89623" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="00936875">
+          <w:p w14:paraId="4A13A63E" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="00ED7979">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="14"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="es-ES"/>
                 </w:rPr>
                 <w:id w:val="1004780232"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -12347,186 +12514,186 @@
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3907" w:type="pct"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2B949090" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="6EDD87DD" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">ACOMETIDA INDEPENDENTE. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>O SOLICITANTE EXECUTARÁ POLA SÚA CONTA UNHA ACOMETIDA INDEPENDENTE DA REDE DE SUBMINISTRACIÓN DE PORTOS DE GALICIA</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C1713" w14:paraId="5E512693" w14:textId="77777777" w:rsidTr="007C1713">
+      <w:tr w:rsidR="007C1713" w14:paraId="4ADE61DF" w14:textId="77777777" w:rsidTr="007C1713">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="69"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6496811C" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="2475B797" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7CE40C39" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="5310E97B" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="53B5ECFA" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="4AD9F46A" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="254" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="05511FD8" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="00936875">
+          <w:p w14:paraId="26827375" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="00ED7979">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="es-ES"/>
                 </w:rPr>
                 <w:id w:val="1717513"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -12534,170 +12701,170 @@
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3907" w:type="pct"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="143F5FF6" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="75940706" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>XA DISPON DE SUMINISTRACIÓN DE PORTOS DE GALICIA CON CAPACIDADE ACORDE AS NECESIDADES DA/S ACTIVIDADE/S A DESENVOLVER POLO SOLICITANTE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C1713" w14:paraId="0DD89777" w14:textId="77777777" w:rsidTr="007C1713">
+      <w:tr w:rsidR="007C1713" w14:paraId="37D83CAB" w14:textId="77777777" w:rsidTr="007C1713">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="69"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6A41B6CF" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="505D890B" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="760F0221" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="2F5F4D74" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="38D1B183" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="762B288A" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="254" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5F93BC70" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="00936875">
+          <w:p w14:paraId="70BF2852" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="00ED7979">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="es-ES"/>
                 </w:rPr>
                 <w:id w:val="-580986573"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -12706,528 +12873,528 @@
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="253" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="41B10A53" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="707ACB18" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>kW</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1180" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3FE5F2BC" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="31CE5AEB" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>CAPACIDADE DA REDE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2474" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="739DF54E" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="5482C54F" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>REDE DE PORTOS DE GALICIA SUFICIENTE.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> A XEFATURA DE ZONA, XUNTO COA UNIDADE DE SUBMINSITROS E SERVIZOS COMPROBA QUE AS NECESIDADES DO SOLICITANTE ESTÁN CUBERTAS POLA REDE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C1713" w14:paraId="3EBE2852" w14:textId="77777777" w:rsidTr="007C1713">
+      <w:tr w:rsidR="007C1713" w14:paraId="403E3D8B" w14:textId="77777777" w:rsidTr="007C1713">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="69"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="493779E2" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="7D9C4535" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="704BC225" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="6F180154" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2563E6A0" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="06F7F61F" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0493523C" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="71A9A773" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="22C66D90" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="1489DCB8" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="590" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3165F5C5" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="07E52EBA" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="14"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">EXISTENTE </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="590" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2F9252D8" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="7E3E4BAA" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="14"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">NECESARIA </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1B80FEDD" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="36E9BE81" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C1713" w14:paraId="666C3BF4" w14:textId="77777777" w:rsidTr="007C1713">
+      <w:tr w:rsidR="007C1713" w14:paraId="501B9A8E" w14:textId="77777777" w:rsidTr="007C1713">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="69"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="201DA8EF" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="2ECBDFCE" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2CE695D1" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="5E55A14C" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="250E4739" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="1619DB0C" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2FCF1672" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="78F50730" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="369CEADB" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="6B21C69A" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="590" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3CEAAC6D" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="09CD000E" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="14"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:default w:val="(INSERTAR)"/>
                   </w:textInput>
                 </w:ffData>
@@ -13273,51 +13440,51 @@
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="590" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="11E59569" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="1887C12D" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="14"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:default w:val="(INSERTAR)"/>
                   </w:textInput>
                 </w:ffData>
@@ -13357,172 +13524,172 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2FA19F62" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="2B0A95A5" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C1713" w14:paraId="7AB2A7BD" w14:textId="77777777" w:rsidTr="007C1713">
+      <w:tr w:rsidR="007C1713" w14:paraId="1B12CBF1" w14:textId="77777777" w:rsidTr="007C1713">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="69"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6144F92C" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="4E051B97" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2E17FEA7" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="3500602D" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="311" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="69911532" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="6A765C89" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>NON</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="254" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7DE718C5" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="00936875">
+          <w:p w14:paraId="59C8EAD4" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="00ED7979">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="es-ES"/>
                 </w:rPr>
                 <w:id w:val="-454637622"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -13530,322 +13697,322 @@
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="25AE3634" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="0BE5B8E9" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="590" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="27622D74" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="06F379B8" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="14"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">EXISTENTE </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="590" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7C767655" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="45914EBA" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="14"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">NECESARIA </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2474" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="67A687BF" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="728608F6" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>REDE DE PORTOS DE GALICIA NON SUFICIENTE.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> O SOLICITANTE DEBE EXECUTAR POLA SÚA CONTA UN REFORZO DA REDE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C1713" w14:paraId="475EF2AE" w14:textId="77777777" w:rsidTr="007C1713">
+      <w:tr w:rsidR="007C1713" w14:paraId="205B4153" w14:textId="77777777" w:rsidTr="007C1713">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="69"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="32D9F971" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="3B2698B8" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6F434096" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="52BD9F36" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0211A0D9" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="4F91C8B0" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="79545D1A" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="26CCDB42" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="34849819" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="1C044C38" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="590" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5DCBC5FB" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="6BECC0A1" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="14"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:default w:val="(INSERTAR)"/>
                   </w:textInput>
                 </w:ffData>
@@ -13883,51 +14050,51 @@
               </w:rPr>
               <w:t>(INSERTAR)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="590" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6D771249" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="74A6DAD8" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="14"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:default w:val="(INSERTAR)"/>
                   </w:textInput>
                 </w:ffData>
@@ -13967,237 +14134,237 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0C056E23" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="40268223" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C1713" w14:paraId="70D5F109" w14:textId="77777777" w:rsidTr="007C1713">
+      <w:tr w:rsidR="007C1713" w14:paraId="742A1183" w14:textId="77777777" w:rsidTr="007C1713">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="47"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2090DF5F" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="67E5C100" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>Observacións adicionais: -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C1713" w14:paraId="6AD15D5C" w14:textId="77777777" w:rsidTr="007C1713">
+      <w:tr w:rsidR="007C1713" w14:paraId="3D5857E9" w14:textId="77777777" w:rsidTr="007C1713">
         <w:trPr>
           <w:trHeight w:val="451"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5A8CE8F1" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="0CEEB9BE" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:pStyle w:val="EnumeracinsPortos"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="25"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>AUGA – SUBMINISTRACIÓN POR PORTOS DE GALICIA</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Refdenotaalpie"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:footnoteReference w:id="12"/>
+              <w:footnoteReference w:id="14"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C1713" w14:paraId="7A40A99A" w14:textId="77777777" w:rsidTr="007C1713">
+      <w:tr w:rsidR="007C1713" w14:paraId="235E90B2" w14:textId="77777777" w:rsidTr="007C1713">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="54"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="250" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7CF77D44" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="01314DBB" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>NON</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="843" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3D8D9ACE" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="5B7FA85E" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="14"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>NON PRECISA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="253" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7C78A979" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="00936875">
+          <w:p w14:paraId="4B6B0926" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="00ED7979">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="14"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="es-ES"/>
                 </w:rPr>
                 <w:id w:val="-210196979"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -14206,205 +14373,205 @@
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3654" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3C0A8297" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="644AC46E" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>SOLICITANTE DECLARA QUE NON PRECISA DESTA SUBMINISTRACIÓN</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C1713" w14:paraId="3E6BE80C" w14:textId="77777777" w:rsidTr="007C1713">
+      <w:tr w:rsidR="007C1713" w14:paraId="32708913" w14:textId="77777777" w:rsidTr="007C1713">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="976"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1DB7757B" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="7DE1C33E" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="843" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="22229EF7" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="590C25C5" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="14"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>CONTRATO DE SUBMINISTRO INDEPENDENTE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="253" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="253934D0" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="00936875">
+          <w:p w14:paraId="4211E755" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="00ED7979">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="es-ES"/>
                 </w:rPr>
                 <w:id w:val="-1578736531"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007C1713">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3654" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1EABC331" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="43E48FE1" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>PORTOS DE GALICIA NON REALIZARÁ A SUBMINISTRACIÓN</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
@@ -14447,133 +14614,133 @@
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> A CONTAR DESDE A DATA DE NOTIFICACIÓN DO PRESENTE TÍTULO, O INTERESADO </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>DEBERÁ REMITIR</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> A TRAVÉS DO </w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:bCs w:val="0"/>
                   <w:sz w:val="12"/>
                   <w:szCs w:val="12"/>
                   <w:lang w:eastAsia="es-ES"/>
                 </w:rPr>
                 <w:t>PROCEDEMENTO PR004A</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> DA </w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:bCs w:val="0"/>
                   <w:sz w:val="12"/>
                   <w:szCs w:val="12"/>
                   <w:lang w:eastAsia="es-ES"/>
                 </w:rPr>
                 <w:t>SEDE ELECTRÓNICA DA XUNTA DE GALICIA</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> A </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>ÚLTIMA FACTURA DE QUE DISPOÑA DA DITA DE SUBMINISTRACIÓN</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">, EMPREGANDO O FORMULARIO EXISTENTE NA SEGUINTE RUTA: </w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:bCs w:val="0"/>
                   <w:sz w:val="12"/>
                   <w:szCs w:val="12"/>
                   <w:lang w:eastAsia="es-ES"/>
                 </w:rPr>
                 <w:t>www.portosdegalicia.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> &gt; Xestións &gt; Modelos e formularios &gt; </w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:tgtFrame="_blank" w:history="1">
+            <w:hyperlink r:id="rId33" w:tgtFrame="_blank" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:b/>
                   <w:sz w:val="12"/>
                   <w:szCs w:val="12"/>
                   <w:lang w:eastAsia="es-ES"/>
                 </w:rPr>
                 <w:t>07A. REMISIÓN DE CONTRATO DE SUBMINISTRO</w:t>
               </w:r>
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:bCs w:val="0"/>
                   <w:sz w:val="12"/>
                   <w:szCs w:val="12"/>
                   <w:lang w:eastAsia="es-ES"/>
                 </w:rPr>
                 <w:t> </w:t>
               </w:r>
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:bCs w:val="0"/>
@@ -14645,473 +14812,473 @@
                   <w:lang w:eastAsia="es-ES"/>
                 </w:rPr>
                 <w:t>blico portuario</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Hipervnculo"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>A NON REMISIÓN DA DOCUMENTACIÓN SOLICITADA NO PRAZO INDICADO SERÁ CAUSA DE CADUCIDADE DO TÍTULO</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C1713" w14:paraId="7B6CB487" w14:textId="77777777" w:rsidTr="007C1713">
+      <w:tr w:rsidR="007C1713" w14:paraId="59731068" w14:textId="77777777" w:rsidTr="007C1713">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="95"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="250" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4CB1E582" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="22476BAE" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>SI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="843" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5FBE7B33" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="28FABA85" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="14"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>CONTADOR EXISTENTE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="253" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="29893E9A" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="00936875">
+          <w:p w14:paraId="35D23EA8" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="00ED7979">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="es-ES"/>
                 </w:rPr>
                 <w:id w:val="150723788"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007C1713">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3654" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="11336314" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="5DBA91AA" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">A SUBMINSITRACIÓN SERÁ A TRAVÉS DE </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>CONTADOR DE PORTOS DE GALICIA XA EXISTENTE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C1713" w14:paraId="63FDC0C7" w14:textId="77777777" w:rsidTr="007C1713">
+      <w:tr w:rsidR="007C1713" w14:paraId="0621C7C8" w14:textId="77777777" w:rsidTr="007C1713">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="47"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="14569D13" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="2E4943F8" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="59D4A975" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="4BC140EF" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4E75D940" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="4FE4E15F" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1915" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1A1C4DBC" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="1AA6DD78" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>CÓDIGO CONTADOR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1739" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4ADEE4D6" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="0E8B03E9" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>PROCEDENTE DO TÍTULO CLAVE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C1713" w14:paraId="10F8D06C" w14:textId="77777777" w:rsidTr="007C1713">
+      <w:tr w:rsidR="007C1713" w14:paraId="2C90CEBC" w14:textId="77777777" w:rsidTr="007C1713">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="105"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="18D986BC" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="58F9F7BB" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6C12981C" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="08A1A3FE" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="206264C2" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="3C1CFFB2" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1915" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="79C0203E" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="3F8A20E3" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:default w:val="(CÓDIGO CONTADOR PRESENTE EN ESPIGÓN  OU &quot;-&quot;)"/>
@@ -15161,51 +15328,51 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1739" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5AA1EC73" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="311C7A69" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:default w:val="(CLAVE TÍTULO ANTERIOR OU &quot;-&quot;)"/>
                   </w:textInput>
@@ -15238,203 +15405,203 @@
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>(CLAVE TÍTULO ANTERIOR OU "-")</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C1713" w14:paraId="1C39DE35" w14:textId="77777777" w:rsidTr="007C1713">
+      <w:tr w:rsidR="007C1713" w14:paraId="12117BCE" w14:textId="77777777" w:rsidTr="007C1713">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1134"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="34606E24" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="4A57CBCD" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="843" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="726E29AD" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="25325895" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>NOVO CONTADOR</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0741C072" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="177D0F31" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="14"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>A INSTALAR POLO INTERESADO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="253" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="00808CCA" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="00936875">
+          <w:p w14:paraId="33BC9415" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="00ED7979">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="es-ES"/>
                 </w:rPr>
                 <w:id w:val="-692689720"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007C1713">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3654" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5EA5DDC6" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="6489B5D4" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>A SUBMINISTRACIÓN REALIZARASE POR PORTOS DE GALICIA A TRAVÉS DE CONTADOR A INSTALAR</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
@@ -15477,133 +15644,133 @@
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> A CONTAR DESDE A DATA DE NOTIFICACIÓN DO PRESENTE TÍTULO, O INTERESADO </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>DEBERÁ REMITIR</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> A TRAVÉS DO </w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:bCs w:val="0"/>
                   <w:sz w:val="12"/>
                   <w:szCs w:val="12"/>
                   <w:lang w:eastAsia="es-ES"/>
                 </w:rPr>
                 <w:t>PROCEDEMENTO PR004A</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> DA </w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:bCs w:val="0"/>
                   <w:sz w:val="12"/>
                   <w:szCs w:val="12"/>
                   <w:lang w:eastAsia="es-ES"/>
                 </w:rPr>
                 <w:t>SEDE ELECTRÓNICA DA XUNTA DE GALICIA</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>DOCUMENTOS CERTIFICATIVOS E FOTOGRAFÍAS NOS QUE SE VERIFIQUE A INSTALACIÓN DO CONTADOR E SE IDENTIFIQUE CLARAMENTE O CÓDIGO DO MESMO</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">, EMPREGANDO O FORMULARIO EXISTENTE NA SEGUINTE RUTA: </w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:bCs w:val="0"/>
                   <w:sz w:val="12"/>
                   <w:szCs w:val="12"/>
                   <w:lang w:eastAsia="es-ES"/>
                 </w:rPr>
                 <w:t>www.portosdegalicia.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> &gt; Xestións &gt; Modelos e formularios &gt; </w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:tgtFrame="_blank" w:history="1">
+            <w:hyperlink r:id="rId37" w:tgtFrame="_blank" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:b/>
                   <w:sz w:val="12"/>
                   <w:szCs w:val="12"/>
                   <w:lang w:eastAsia="es-ES"/>
                 </w:rPr>
                 <w:t>07B. IDENTIFICACIÓN DE CONTADOR CONECTADO Á REDE DE PORTOS DE</w:t>
               </w:r>
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:bCs w:val="0"/>
                   <w:sz w:val="12"/>
                   <w:szCs w:val="12"/>
                   <w:lang w:eastAsia="es-ES"/>
                 </w:rPr>
                 <w:t> </w:t>
               </w:r>
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:b/>
@@ -15633,237 +15800,237 @@
                   <w:lang w:eastAsia="es-ES"/>
                 </w:rPr>
                 <w:t>de título de ocupación do dominio público portuario</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Hipervnculo"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>A NON REMISIÓN DA DOCUMENTACIÓN SOLICITADA NO PRAZO INDICADO SERÁ CAUSA DE CADUCIDADE DO TÍTULO</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C1713" w14:paraId="44B5007D" w14:textId="77777777" w:rsidTr="007C1713">
+      <w:tr w:rsidR="007C1713" w14:paraId="57190E82" w14:textId="77777777" w:rsidTr="007C1713">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="269"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="730E5E0F" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="43C755FE" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4750" w:type="pct"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="093B583E" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="513AC80A" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="14"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="14"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>CAPACIDADE DA REDE DE PORTOS DE GALICIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C1713" w14:paraId="0A047413" w14:textId="77777777" w:rsidTr="007C1713">
+      <w:tr w:rsidR="007C1713" w14:paraId="59BA6824" w14:textId="77777777" w:rsidTr="007C1713">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="85"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6EE09D90" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="774E7A20" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="278" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3A099B91" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="18B002DB" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>SUFICIENTE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="311" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1DA1E611" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="336A4E52" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>SI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="254" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6703CC3A" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="00936875">
+          <w:p w14:paraId="104B7390" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="00ED7979">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="14"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="es-ES"/>
                 </w:rPr>
                 <w:id w:val="-1251339461"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -15872,186 +16039,186 @@
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3907" w:type="pct"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="17BEB3CD" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="399D11A3" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">ACOMETIDA INDEPENDENTE. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>O SOLICITANTE EXECUTARÁ POLA SÚA CONTA UNHA ACOMETIDA INDEPENDENTE DA REDE DE SUBMINISTRACIÓN DE PORTOS DE GALICIA</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C1713" w14:paraId="44645E2F" w14:textId="77777777" w:rsidTr="007C1713">
+      <w:tr w:rsidR="007C1713" w14:paraId="6EB6650D" w14:textId="77777777" w:rsidTr="007C1713">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="69"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="67E5C402" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="5F3A0352" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="749D6906" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="4F9E3D40" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="55D30563" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="04A09FA3" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="254" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1B828AB2" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="00936875">
+          <w:p w14:paraId="2118EC76" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="00ED7979">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="es-ES"/>
                 </w:rPr>
                 <w:id w:val="403579605"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -16059,170 +16226,170 @@
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3907" w:type="pct"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7A0F9F6F" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="54341FD7" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>XA DISPON DE SUMINISTRACIÓN DE PORTOS DE GALICIA CON CAPACIDADE ACORDE AS NECESIDADES DA/S ACTIVIDADE/S A DESENVOLVER POLO SOLICITANTE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C1713" w14:paraId="318DB06B" w14:textId="77777777" w:rsidTr="007C1713">
+      <w:tr w:rsidR="007C1713" w14:paraId="2D9E1F4F" w14:textId="77777777" w:rsidTr="007C1713">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="69"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="597E0A76" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="664F9DC7" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="53644574" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="1764D774" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="48C96542" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="12AA2FCC" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="254" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="713E60F4" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="00936875">
+          <w:p w14:paraId="25F8507F" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="00ED7979">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="es-ES"/>
                 </w:rPr>
                 <w:id w:val="-1575579484"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -16231,528 +16398,528 @@
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="253" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="011A5187" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="4234D222" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>l/s</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1180" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="69B65646" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="7F6E2C74" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>CAPACIDADE DA REDE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2474" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1318980C" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="40AC50A2" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>REDE DE PORTOS DE GALICIA SUFICIENTE.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> A XEFATURA DE ZONA, XUNTO COA UNIDADE DE SUBMINSITROS E SERVIZOS COMPROBA QUE AS NECESIDADES DO SOLICITANTE ESTÁN CUBERTAS POLA REDE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C1713" w14:paraId="1776654F" w14:textId="77777777" w:rsidTr="007C1713">
+      <w:tr w:rsidR="007C1713" w14:paraId="676EE4CE" w14:textId="77777777" w:rsidTr="007C1713">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="69"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="23B5CB38" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="2623E5FA" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1041EEBA" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="4A3A7E36" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4C6FFEB5" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="4108C804" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7F8B34E0" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="08EE1899" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1A786E63" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="31326293" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="590" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="192F8CEE" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="74FC75B2" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="14"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">EXISTENTE </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="590" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="503E4C71" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="143C14C5" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="14"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">NECESARIA </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="01077DEC" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="5FF57AA5" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C1713" w14:paraId="3BE789B4" w14:textId="77777777" w:rsidTr="007C1713">
+      <w:tr w:rsidR="007C1713" w14:paraId="7321E526" w14:textId="77777777" w:rsidTr="007C1713">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="69"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="34193F60" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="244C9D03" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="47A10347" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="2A303E54" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0707A23C" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="17D3E5E0" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4AE79516" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="37266F2F" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="314F5D29" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="58842960" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="590" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4CB5C483" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="613436C4" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="14"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:default w:val="(INSERTAR)"/>
                   </w:textInput>
                 </w:ffData>
@@ -16798,51 +16965,51 @@
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="590" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7440AE87" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="2B25F6D0" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="14"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:default w:val="(INSERTAR)"/>
                   </w:textInput>
                 </w:ffData>
@@ -16882,172 +17049,172 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7074622F" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="6A7A5BD5" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C1713" w14:paraId="63102730" w14:textId="77777777" w:rsidTr="007C1713">
+      <w:tr w:rsidR="007C1713" w14:paraId="317EE219" w14:textId="77777777" w:rsidTr="007C1713">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="69"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3C9A9622" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="7660DCC9" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="117E64BB" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="7D030021" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="311" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="38EB0D43" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="7728EE97" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>NON</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="254" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2C688714" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="00936875">
+          <w:p w14:paraId="785619C1" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="00ED7979">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="es-ES"/>
                 </w:rPr>
                 <w:id w:val="977735472"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -17055,322 +17222,322 @@
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4112C589" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="1A26E78B" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="590" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0830E640" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="618D7EA9" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="14"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">EXISTENTE </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="590" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="56FDD1AE" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="0C40F7F5" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="14"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">NECESARIA </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2474" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6261F566" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="33752E53" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>REDE DE PORTOS DE GALICIA NON SUFICIENTE.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> O SOLICITANTE DEBE EXECUTAR POLA SÚA CONTA UN REFORZO DA REDE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C1713" w14:paraId="3AC2B891" w14:textId="77777777" w:rsidTr="007C1713">
+      <w:tr w:rsidR="007C1713" w14:paraId="601FF251" w14:textId="77777777" w:rsidTr="007C1713">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="69"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7DBC542B" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="6BB4988B" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3CF5FFDD" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="0A4D06EF" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4465A012" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="480FAACF" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="09BAA3C4" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="1C189294" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="582945C8" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="75BC0743" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="590" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4266F09C" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="496F8AD4" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="14"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:default w:val="(INSERTAR)"/>
                   </w:textInput>
                 </w:ffData>
@@ -17408,51 +17575,51 @@
               </w:rPr>
               <w:t>(INSERTAR)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="590" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="02295A2E" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="572DB9A9" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="14"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:default w:val="(INSERTAR)"/>
                   </w:textInput>
                 </w:ffData>
@@ -17492,291 +17659,293 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="07755175" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="10386FA6" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C1713" w14:paraId="4659AE7E" w14:textId="77777777" w:rsidTr="007C1713">
+      <w:tr w:rsidR="007C1713" w14:paraId="49D61B11" w14:textId="77777777" w:rsidTr="007C1713">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="47"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5B2F72F3" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+          <w:p w14:paraId="44A00469" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
             <w:pPr>
               <w:pStyle w:val="c9Textocorpotboas1Portos"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>Observacións adicionais: -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1C984530" w14:textId="5191EA02" w:rsidR="007C1713" w:rsidRDefault="007C1713" w:rsidP="00B10596">
+    <w:p w14:paraId="35D93CBC" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713" w:rsidP="00B10596">
       <w:pPr>
         <w:pStyle w:val="T9TboasPortos"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="65CB21BF" w14:textId="5191EA02" w:rsidR="007C1713" w:rsidRDefault="007C1713" w:rsidP="00B10596">
+    <w:p w14:paraId="69FBBECD" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713" w:rsidP="00B10596">
       <w:pPr>
         <w:pStyle w:val="T9TboasPortos"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6D9AF96A" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
+    <w:p w14:paraId="79D3BBC0" w14:textId="77777777" w:rsidR="007C1713" w:rsidRDefault="007C1713">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="gl-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61871FFB" w14:textId="13CAFEBB" w:rsidR="005E711E" w:rsidRPr="00424F97" w:rsidRDefault="005E711E" w:rsidP="00424F97">
+    <w:p w14:paraId="4AD6A990" w14:textId="77777777" w:rsidR="005E711E" w:rsidRPr="00424F97" w:rsidRDefault="005E711E" w:rsidP="00424F97">
       <w:pPr>
         <w:pStyle w:val="c9Textocorpotboas1Portos"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00424F97">
         <w:rPr>
           <w:b/>
           <w:bCs w:val="0"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>ANEXO I</w:t>
       </w:r>
       <w:r w:rsidR="00B10596">
         <w:rPr>
           <w:b/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidRPr="00424F97">
         <w:rPr>
           <w:b/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">I. </w:t>
       </w:r>
       <w:r w:rsidR="00424F97" w:rsidRPr="00424F97">
         <w:rPr>
           <w:b/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">DATOS PRECISOS NO CASO DE QUE O SOLICITANTE DESEXE QUE PORTOS DE GALICIA AUTORICE O USO DO/S MEDIO/S MECÁNICO/S SEGUINTE/S NO TÍTULO ADMINSTRATIVO DE OCUPACIÓN </w:t>
       </w:r>
       <w:r w:rsidRPr="00424F97">
         <w:rPr>
           <w:b/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>DO DOMINIO PÚBLICO PORTUARIO</w:t>
       </w:r>
       <w:r w:rsidRPr="00424F97">
         <w:rPr>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
-        <w:footnoteReference w:id="13"/>
+        <w:footnoteReference w:id="15"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17E2DC6B" w14:textId="77777777" w:rsidR="005E711E" w:rsidRDefault="005E711E" w:rsidP="005E711E">
+    <w:p w14:paraId="2833DA0C" w14:textId="77777777" w:rsidR="005E711E" w:rsidRDefault="005E711E" w:rsidP="005E711E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1AA82E97" w14:textId="77777777" w:rsidR="00FE6FFB" w:rsidRDefault="00FE6FFB" w:rsidP="00FE6FFB">
+    <w:p w14:paraId="6840C4F1" w14:textId="77777777" w:rsidR="00FE6FFB" w:rsidRDefault="00FE6FFB" w:rsidP="00FE6FFB">
       <w:pPr>
         <w:pStyle w:val="c11corpotextoPortos"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Se é o caso, empregar o modelo dispoñible en: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36" w:history="1">
+      <w:hyperlink r:id="rId38" w:history="1">
         <w:r w:rsidRPr="00B34279">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:cs="Xunta Sans"/>
           </w:rPr>
           <w:t>www.portosdegalicia.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> &gt; Xestións &gt; Modelos e formularios &gt;</w:t>
       </w:r>
       <w:r w:rsidRPr="00E700AC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId39" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00E700AC">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:cs="Xunta Sans"/>
             <w:b/>
           </w:rPr>
           <w:t>14. MEDIOS MECÁNICOS (AUTORIZACIÓN/REGULARIZACIÓN OU BAIXA)</w:t>
         </w:r>
         <w:r w:rsidRPr="00E700AC">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           </w:rPr>
           <w:t> </w:t>
         </w:r>
         <w:r w:rsidRPr="00E700AC">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:cs="Xunta Sans"/>
           </w:rPr>
           <w:t>en título de ocupación do dominio público portuario</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="22E7F196" w14:textId="04AC21DD" w:rsidR="003A2FC6" w:rsidRDefault="003A2FC6">
+    <w:p w14:paraId="17D02F70" w14:textId="77777777" w:rsidR="003A2FC6" w:rsidRDefault="003A2FC6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Xunta Sans" w:eastAsia="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Xunta Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CB8629B" w14:textId="179ED6A9" w:rsidR="0024701F" w:rsidRPr="0043575B" w:rsidRDefault="0024701F" w:rsidP="00380E88">
+    <w:p w14:paraId="28B8A605" w14:textId="77777777" w:rsidR="0024701F" w:rsidRPr="0043575B" w:rsidRDefault="0024701F" w:rsidP="00380E88">
       <w:pPr>
         <w:pStyle w:val="T9TboasPortos"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="0043575B">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">ANEXO </w:t>
       </w:r>
       <w:r>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="00B10596">
         <w:t>V</w:t>
       </w:r>
       <w:r w:rsidRPr="0043575B">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:t>DECLARACIÓN RESPONSABLE DE NON ATOPARSE EN CAUSA DE PROHIBICIÓN DE CONTRATAR COAS ADMINISTRACIÓNS PÚBLICAS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08ABB186" w14:textId="77777777" w:rsidR="0024701F" w:rsidRDefault="0024701F" w:rsidP="0024701F">
+    <w:p w14:paraId="4EC5C87C" w14:textId="77777777" w:rsidR="0024701F" w:rsidRDefault="0024701F" w:rsidP="0024701F">
       <w:pPr>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="72ECF3C9" w14:textId="267A76E3" w:rsidR="0024701F" w:rsidRPr="0024701F" w:rsidRDefault="0024701F" w:rsidP="00B32074">
+    <w:p w14:paraId="14A91F81" w14:textId="77777777" w:rsidR="0024701F" w:rsidRPr="0024701F" w:rsidRDefault="0024701F" w:rsidP="00B32074">
       <w:pPr>
         <w:pStyle w:val="c9Textocorpotboas1Portos"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="0024701F">
         <w:t xml:space="preserve">Dª./D. </w:t>
       </w:r>
       <w:r w:rsidRPr="0024701F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="(escriba aquí o seu nome e apelidos)"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="0024701F">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="0024701F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
@@ -17879,60 +18048,122 @@
             <w:textInput>
               <w:default w:val="(escriba aquí o seu correo electrónico)"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="0024701F">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="0024701F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="0024701F">
         <w:t>(escriba aquí o seu correo electrónico)</w:t>
       </w:r>
       <w:r w:rsidRPr="0024701F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="0024701F">
         <w:t xml:space="preserve"> e con capacidade suficiente, declaro baixo a miña responsabilidade e en representación da persoa física/xurídica/entidade indicada na instancia, que </w:t>
       </w:r>
       <w:r w:rsidR="006C71B0">
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="0024701F">
-        <w:t>sta non se atopa en causa de prohibición de contratar coas Administracións Públicas, segundo os Art. 71 a 73 da Lei 9/2017 do 8 de novembro, de Contratos do Sector Público, pola que se traspoñen ao ordenamento xurídico español as Directivas do Parlamento Europeo e do Consello 2014/23/UE e 2014/24/UE, do 26 de febreiro de 2014.</w:t>
+        <w:t>sta non se atopa en causa de prohibición de contratar coas Admi</w:t>
+      </w:r>
+      <w:r w:rsidR="00960534">
+        <w:t xml:space="preserve">nistracións Públicas, segundo o </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId40" w:anchor="a6-3" w:history="1">
+        <w:r w:rsidR="00960534" w:rsidRPr="00960534">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:cs="Arial"/>
+          </w:rPr>
+          <w:t>A</w:t>
+        </w:r>
+        <w:r w:rsidR="00960534">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:cs="Arial"/>
+          </w:rPr>
+          <w:t>rt.</w:t>
+        </w:r>
+        <w:r w:rsidR="00960534" w:rsidRPr="00960534">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:cs="Arial"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> 61.</w:t>
+        </w:r>
+        <w:r w:rsidR="00960534">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:cs="Arial"/>
+          </w:rPr>
+          <w:t>2, para autorizacións</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00960534">
+        <w:t xml:space="preserve">, e o </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId41" w:anchor="a6-11" w:history="1">
+        <w:r w:rsidR="00960534">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:cs="Arial"/>
+          </w:rPr>
+          <w:t>Art. 6</w:t>
+        </w:r>
+        <w:r w:rsidR="00960534" w:rsidRPr="00960534">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:cs="Arial"/>
+          </w:rPr>
+          <w:t>9.</w:t>
+        </w:r>
+        <w:r w:rsidR="00960534">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:cs="Arial"/>
+          </w:rPr>
+          <w:t>2, para concesións</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00960534">
+        <w:t>, da lei 6/2017, do 12 de decembro, de Portos de Galicia.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B308560" w14:textId="77777777" w:rsidR="0024701F" w:rsidRDefault="0024701F" w:rsidP="00B32074">
+    <w:p w14:paraId="372A6544" w14:textId="77777777" w:rsidR="0024701F" w:rsidRDefault="0024701F" w:rsidP="00B32074">
       <w:pPr>
         <w:pStyle w:val="c9Textocorpotboas1Portos"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="73F9A5C3" w14:textId="76039254" w:rsidR="0024701F" w:rsidRDefault="0024701F" w:rsidP="00B32074">
+    <w:p w14:paraId="707BAD87" w14:textId="77777777" w:rsidR="0024701F" w:rsidRDefault="0024701F" w:rsidP="00B32074">
       <w:pPr>
         <w:pStyle w:val="c9Textocorpotboas1Portos"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="0024701F">
         <w:t xml:space="preserve">En </w:t>
       </w:r>
       <w:r w:rsidRPr="0024701F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="(nome da cidade de sinatura da instancia)"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="0024701F">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="0024701F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
@@ -17951,821 +18182,821 @@
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="(DD/MM/AAAA)"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00D54A48">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00D54A48">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00D54A48">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>(DD/MM/AAAA)</w:t>
       </w:r>
       <w:r w:rsidR="00D54A48">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D613151" w14:textId="77777777" w:rsidR="00D54A48" w:rsidRDefault="00D54A48" w:rsidP="00B32074">
+    <w:p w14:paraId="53BD0D5A" w14:textId="77777777" w:rsidR="00D54A48" w:rsidRDefault="00D54A48" w:rsidP="00B32074">
       <w:pPr>
         <w:pStyle w:val="c9Textocorpotboas1Portos"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="54C01ACC" w14:textId="014B671F" w:rsidR="0024701F" w:rsidRPr="0024701F" w:rsidRDefault="0024701F" w:rsidP="00B32074">
+    <w:p w14:paraId="16B61289" w14:textId="607562A3" w:rsidR="0024701F" w:rsidRPr="0024701F" w:rsidRDefault="0024701F" w:rsidP="00B32074">
       <w:pPr>
         <w:pStyle w:val="c9Textocorpotboas1Portos"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="0024701F">
         <w:t>Asinado</w:t>
       </w:r>
       <w:r w:rsidR="00936875">
         <w:t xml:space="preserve"> electro</w:t>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidR="00D54A48">
         <w:t>nicamente</w:t>
       </w:r>
       <w:r w:rsidRPr="0024701F">
-        <w:t xml:space="preserve">: </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76B6CFB0" w14:textId="3A1E4D7C" w:rsidR="00C534CC" w:rsidRDefault="0024701F" w:rsidP="00B32074">
+    <w:p w14:paraId="61F1C744" w14:textId="77777777" w:rsidR="00C534CC" w:rsidRDefault="0024701F" w:rsidP="00B32074">
       <w:pPr>
         <w:pStyle w:val="T9TboasPortos"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="0024701F">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidR="00B32074">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>AN</w:t>
       </w:r>
       <w:r w:rsidR="00456703" w:rsidRPr="00B31D31">
         <w:rPr>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve">EXO </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t>V</w:t>
       </w:r>
       <w:r w:rsidR="00456703" w:rsidRPr="00B31D31">
         <w:rPr>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00C534CC">
         <w:rPr>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve">INSTRUCCIÓNS PARA A </w:t>
       </w:r>
       <w:r w:rsidR="00C534CC">
         <w:t>PRESENTACIÓN DE INSTANCIA DA SOLICITUDE A TRAVÉS DA SEDE ELECTRÓNICA DA XUNTA DE GALICIA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E4A820E" w14:textId="77777777" w:rsidR="00C534CC" w:rsidRDefault="00C534CC" w:rsidP="00C534CC">
+    <w:p w14:paraId="13767012" w14:textId="77777777" w:rsidR="00C534CC" w:rsidRDefault="00C534CC" w:rsidP="00C534CC">
       <w:pPr>
         <w:pStyle w:val="T9ntitTboasPortos"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6B6C3B4F" w14:textId="198F7E61" w:rsidR="00C534CC" w:rsidRDefault="00C534CC" w:rsidP="00C534CC">
+    <w:p w14:paraId="41B61963" w14:textId="77777777" w:rsidR="00C534CC" w:rsidRDefault="00C534CC" w:rsidP="00C534CC">
       <w:pPr>
         <w:pStyle w:val="c9Textocorpotboas1Portos"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Siga as instrucións do modelo de formulario dispoñible na web de Portos de Galicia na ruta </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38" w:history="1">
+      <w:hyperlink r:id="rId42" w:history="1">
         <w:r w:rsidRPr="006D20BB">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:color w:val="0000FF"/>
           </w:rPr>
           <w:t>www.portosdegalicia.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> &gt; Xestións &gt; Modelos e formularios , e cúbrao con toda a información solicitada, </w:t>
       </w:r>
       <w:r w:rsidR="00C2284C">
         <w:t>imprímao</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> en pdf e </w:t>
       </w:r>
       <w:r w:rsidR="00C2284C">
         <w:t>asíneo</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C2284C">
         <w:t>electronicamente</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="322C38F1" w14:textId="31680D83" w:rsidR="00C534CC" w:rsidRDefault="00C534CC" w:rsidP="00C534CC">
+    <w:p w14:paraId="01F8C34F" w14:textId="77777777" w:rsidR="00C534CC" w:rsidRDefault="00C534CC" w:rsidP="00C534CC">
       <w:pPr>
         <w:pStyle w:val="c9Textocorpotboas1Portos"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:bidi="lo-LA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="37BD9FFD" wp14:editId="12DC885D">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="370E2EF4" wp14:editId="362C1D2F">
             <wp:extent cx="3900805" cy="729615"/>
             <wp:effectExtent l="0" t="0" r="4445" b="0"/>
             <wp:docPr id="10" name="Imagen 10"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Imagen 6"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId39" cstate="print">
+                    <a:blip r:embed="rId43" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3900805" cy="729615"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:bidi="lo-LA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="00AF8362" wp14:editId="46D3EE85">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5568660B" wp14:editId="211FA943">
             <wp:extent cx="988695" cy="723900"/>
             <wp:effectExtent l="0" t="0" r="1905" b="0"/>
             <wp:docPr id="7" name="Imagen 7"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Imagen 5"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId40">
+                    <a:blip r:embed="rId44">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="988695" cy="723900"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6591371C" w14:textId="77777777" w:rsidR="00C534CC" w:rsidRDefault="00C534CC" w:rsidP="00C534CC">
+    <w:p w14:paraId="3F696718" w14:textId="77777777" w:rsidR="00C534CC" w:rsidRDefault="00C534CC" w:rsidP="00C534CC">
       <w:pPr>
         <w:pStyle w:val="c9Textocorpotboas1Portos"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Escanee/dixitalice tódolos documentos que son requiridos no modelo de formulario anterior (se xa os ten escaneados/dixitalizados, non é preciso que faga esta operación)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EFC2AE8" w14:textId="77777777" w:rsidR="00C534CC" w:rsidRDefault="00C534CC" w:rsidP="00C534CC">
+    <w:p w14:paraId="49A4E2CE" w14:textId="77777777" w:rsidR="00C534CC" w:rsidRDefault="00C534CC" w:rsidP="00C534CC">
       <w:pPr>
         <w:pStyle w:val="c9Textocorpotboas1Portos"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">Entre en na Sede Electrónica da Xunta de Galicia, facendo clic </w:t>
       </w:r>
-      <w:hyperlink r:id="rId41" w:history="1">
+      <w:hyperlink r:id="rId45" w:history="1">
         <w:r w:rsidRPr="006D20BB">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:color w:val="0000FF"/>
           </w:rPr>
           <w:t>neste link</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7B06B1D0" w14:textId="77777777" w:rsidR="00C534CC" w:rsidRDefault="00C534CC" w:rsidP="00C534CC">
+    <w:p w14:paraId="559DD692" w14:textId="77777777" w:rsidR="00C534CC" w:rsidRDefault="00C534CC" w:rsidP="00C534CC">
       <w:pPr>
         <w:pStyle w:val="c9Textocorpotboas1Portos"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Faga clic na opción “a miña sede”:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AE066DB" w14:textId="7CDC8CFF" w:rsidR="00C534CC" w:rsidRDefault="00C534CC" w:rsidP="00C534CC">
+    <w:p w14:paraId="233D81CC" w14:textId="77777777" w:rsidR="00C534CC" w:rsidRDefault="00C534CC" w:rsidP="00C534CC">
       <w:pPr>
         <w:pStyle w:val="c9Textocorpotboas1Portos"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:bidi="lo-LA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="684FEB3D" wp14:editId="097C33D1">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="56AD2D14" wp14:editId="4CA74BE1">
             <wp:extent cx="4920615" cy="750570"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="6" name="Imagen 6"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Imagen 3"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId42">
+                    <a:blip r:embed="rId46">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4920615" cy="750570"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DD6C7C9" w14:textId="77777777" w:rsidR="00C534CC" w:rsidRDefault="00C534CC" w:rsidP="00C534CC">
+    <w:p w14:paraId="09A93206" w14:textId="77777777" w:rsidR="00C534CC" w:rsidRDefault="00C534CC" w:rsidP="00C534CC">
       <w:pPr>
         <w:pStyle w:val="c9Textocorpotboas1Portos"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Acceda á súa sede a través dunha das opcións posibles: Chave 365 ou DNI electrónico/certificado dixital. En caso de que non poda acceder por ningunha das vías anteriores, pode contactar co servizo de Atención e Información á Cidadanía a través do teléfono 012 (ou 981 900 643 para chamadas realizadas desde fóra da Comunidade Autónoma de Galicia)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53BB36E5" w14:textId="77777777" w:rsidR="00C534CC" w:rsidRDefault="00C534CC" w:rsidP="00C534CC">
+    <w:p w14:paraId="3AF0CB86" w14:textId="77777777" w:rsidR="00C534CC" w:rsidRDefault="00C534CC" w:rsidP="00C534CC">
       <w:pPr>
         <w:pStyle w:val="c9Textocorpotboas1Portos"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Unha vez dentro da súa sede, seleccione  “trámites” &gt; “solicitude xenérica” &gt; “tramitar en liña”</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5035D6F7" w14:textId="5959C7A7" w:rsidR="00C534CC" w:rsidRDefault="00C534CC" w:rsidP="00C534CC">
+    <w:p w14:paraId="42BCA820" w14:textId="77777777" w:rsidR="00C534CC" w:rsidRDefault="00C534CC" w:rsidP="00C534CC">
       <w:pPr>
         <w:pStyle w:val="c9Textocorpotboas1Portos"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:bidi="lo-LA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5D007C8B" wp14:editId="7AD50626">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4916DAFE" wp14:editId="0CDC1D77">
             <wp:extent cx="4947285" cy="1786255"/>
             <wp:effectExtent l="0" t="0" r="5715" b="4445"/>
             <wp:docPr id="5" name="Imagen 5"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Imagen 2"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId43">
+                    <a:blip r:embed="rId47">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4947285" cy="1786255"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C84B186" w14:textId="77777777" w:rsidR="00C534CC" w:rsidRDefault="00C534CC" w:rsidP="00C534CC">
+    <w:p w14:paraId="5A8AA24C" w14:textId="77777777" w:rsidR="00C534CC" w:rsidRDefault="00C534CC" w:rsidP="00C534CC">
       <w:pPr>
         <w:pStyle w:val="c9Textocorpotboas1Portos"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Cubra tódolos datos da solicitude xenérica (formulario PR0004A)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="499B3BD1" w14:textId="77777777" w:rsidR="00C534CC" w:rsidRDefault="00C534CC" w:rsidP="00C534CC">
+    <w:p w14:paraId="1381332D" w14:textId="77777777" w:rsidR="00C534CC" w:rsidRDefault="00C534CC" w:rsidP="00C534CC">
       <w:pPr>
         <w:pStyle w:val="c9Textocorpotboas1Portos"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Achegue o pdf elaborado no punto 1, no apartado “documentación que se presenta” do formulario PR0004A</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6352AE78" w14:textId="77777777" w:rsidR="00C534CC" w:rsidRDefault="00C534CC" w:rsidP="00C534CC">
+    <w:p w14:paraId="5E94F899" w14:textId="77777777" w:rsidR="00C534CC" w:rsidRDefault="00C534CC" w:rsidP="00C534CC">
       <w:pPr>
         <w:pStyle w:val="c9Textocorpotboas1Portos"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Achegue o/s pdf do punto 2 no apartado “documentación que se presenta” do formulario PR0004A</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75FC20DC" w14:textId="77777777" w:rsidR="00C534CC" w:rsidRDefault="00C534CC" w:rsidP="00C534CC">
+    <w:p w14:paraId="1411E8B7" w14:textId="77777777" w:rsidR="00C534CC" w:rsidRDefault="00C534CC" w:rsidP="00C534CC">
       <w:pPr>
         <w:pStyle w:val="c9Textocorpotboas1Portos"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Seleccione no destinatario “Consellería do Mar” e a unidade administrativa de Portos de Galicia á que vaia dirixido: Xefatura da Zona Norte, Xefatura da Zona Centro, Xefatura da Zona Sur ou Área de Explotación e Planificación (Servizos Centrais)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64858E02" w14:textId="32D71A50" w:rsidR="00C534CC" w:rsidRDefault="00C534CC" w:rsidP="00C534CC">
+    <w:p w14:paraId="0E1973E0" w14:textId="77777777" w:rsidR="00C534CC" w:rsidRDefault="00C534CC" w:rsidP="00C534CC">
       <w:pPr>
         <w:pStyle w:val="c9Textocorpotboas1Portos"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Faga clic o botón “Continuar”. A súa solicitude </w:t>
       </w:r>
       <w:r w:rsidR="006C71B0">
         <w:t>xa se atopará presentada electro</w:t>
       </w:r>
       <w:r>
         <w:t>nicamente a través da sede electrónica da Xunta de Galicia</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30F45BCE" w14:textId="72A5C6C1" w:rsidR="00AC4BE3" w:rsidRDefault="00AC4BE3" w:rsidP="00C534CC">
+    <w:p w14:paraId="017EFF1E" w14:textId="77777777" w:rsidR="00AC4BE3" w:rsidRDefault="00AC4BE3" w:rsidP="00C534CC">
       <w:pPr>
         <w:pStyle w:val="T9ntitTboasPortos"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5857019A" w14:textId="77777777" w:rsidR="00B32074" w:rsidRDefault="00B32074">
+    <w:p w14:paraId="000DD1DB" w14:textId="77777777" w:rsidR="00B32074" w:rsidRDefault="00B32074">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="gl-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3789F780" w14:textId="0A1EBD76" w:rsidR="00456703" w:rsidRDefault="00456703" w:rsidP="00B32074">
+    <w:p w14:paraId="2D387BA1" w14:textId="77777777" w:rsidR="00456703" w:rsidRDefault="00456703" w:rsidP="00B32074">
       <w:pPr>
         <w:pStyle w:val="T9ntitTboasPortos"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00B31D31">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">NOTA </w:t>
       </w:r>
       <w:r w:rsidRPr="002D14C4">
         <w:t>IMPORTANTE DE INFORMACIÓN A CUBRIR NOS SEGUINTES CAMPOS:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="397ED0B8" w14:textId="77777777" w:rsidR="00456703" w:rsidRPr="002D14C4" w:rsidRDefault="00456703" w:rsidP="00B32074">
+    <w:p w14:paraId="6AEB8FE2" w14:textId="77777777" w:rsidR="00456703" w:rsidRPr="002D14C4" w:rsidRDefault="00456703" w:rsidP="00B32074">
       <w:pPr>
         <w:pStyle w:val="T9ntitTboasPortos"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42E8BADF" w14:textId="77777777" w:rsidR="00456703" w:rsidRPr="002D14C4" w:rsidRDefault="00456703" w:rsidP="00B32074">
+    <w:p w14:paraId="69FBD443" w14:textId="77777777" w:rsidR="00456703" w:rsidRPr="002D14C4" w:rsidRDefault="00456703" w:rsidP="00B32074">
       <w:pPr>
         <w:pStyle w:val="c9Textocorpotboas1Portos"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="002D14C4">
         <w:rPr>
           <w:noProof/>
           <w:lang w:bidi="lo-LA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="27310870" wp14:editId="1F1D6E5B">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="736313E0" wp14:editId="3AFE7AAD">
             <wp:extent cx="884674" cy="93600"/>
             <wp:effectExtent l="0" t="0" r="0" b="1905"/>
             <wp:docPr id="16" name="Imagen 16"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId44"/>
+                    <a:blip r:embed="rId48"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="884674" cy="93600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="002D14C4">
         <w:rPr>
           <w:noProof/>
           <w:lang w:bidi="lo-LA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="471F5F57" wp14:editId="199974FC">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4FB513E4" wp14:editId="70C8F1E2">
             <wp:extent cx="25127" cy="93600"/>
             <wp:effectExtent l="0" t="0" r="0" b="1905"/>
             <wp:docPr id="19" name="Imagen 19"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId45"/>
+                    <a:blip r:embed="rId49"/>
                     <a:srcRect l="90957" t="1" b="-1"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm flipH="1">
                       <a:off x="0" y="0"/>
                       <a:ext cx="25127" cy="93600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="002D14C4">
         <w:t xml:space="preserve"> ---- </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7555E0E3" w14:textId="77777777" w:rsidR="00456703" w:rsidRPr="002D14C4" w:rsidRDefault="00456703" w:rsidP="00B32074">
+    <w:p w14:paraId="7D0AFA02" w14:textId="77777777" w:rsidR="00456703" w:rsidRPr="002D14C4" w:rsidRDefault="00456703" w:rsidP="00B32074">
       <w:pPr>
         <w:pStyle w:val="c9Textocorpotboas1Portos"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="002D14C4">
         <w:rPr>
           <w:noProof/>
           <w:lang w:bidi="lo-LA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2F299BFF" wp14:editId="6A52652B">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="67F4660F" wp14:editId="25FC2A23">
             <wp:extent cx="277875" cy="93600"/>
             <wp:effectExtent l="0" t="0" r="8255" b="1905"/>
             <wp:docPr id="17" name="Imagen 17"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId45"/>
+                    <a:blip r:embed="rId49"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="277875" cy="93600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="002D14C4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AA16989" w14:textId="77777777" w:rsidR="00456703" w:rsidRPr="002D14C4" w:rsidRDefault="00456703" w:rsidP="00B32074">
+    <w:p w14:paraId="29261F9B" w14:textId="77777777" w:rsidR="00456703" w:rsidRPr="002D14C4" w:rsidRDefault="00456703" w:rsidP="00B32074">
       <w:pPr>
         <w:pStyle w:val="c9Textocorpotboas1Portos"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="1418"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00456703">
         <w:rPr>
           <w:b/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>Obxecto do título:</w:t>
       </w:r>
       <w:r w:rsidRPr="002D14C4">
         <w:t xml:space="preserve"> (indique o obxecto do título de ocupación do DPP)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D5A9D64" w14:textId="77777777" w:rsidR="00456703" w:rsidRPr="002D14C4" w:rsidRDefault="00456703" w:rsidP="00B32074">
+    <w:p w14:paraId="369740F8" w14:textId="77777777" w:rsidR="00456703" w:rsidRPr="002D14C4" w:rsidRDefault="00456703" w:rsidP="00B32074">
       <w:pPr>
         <w:pStyle w:val="c9Textocorpotboas1Portos"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="1418"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00456703">
         <w:rPr>
           <w:b/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>Solicitante/Titular</w:t>
       </w:r>
       <w:r w:rsidRPr="002D14C4">
         <w:t>: (indique o solicitante/titular)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="090F1033" w14:textId="1F1BBB9E" w:rsidR="004D441C" w:rsidRPr="002D14C4" w:rsidRDefault="00456703" w:rsidP="00B32074">
+    <w:p w14:paraId="63A444C1" w14:textId="77777777" w:rsidR="004D441C" w:rsidRPr="002D14C4" w:rsidRDefault="00456703" w:rsidP="00B32074">
       <w:pPr>
         <w:pStyle w:val="c9Textocorpotboas1Portos"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="1418"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00456703">
         <w:rPr>
           <w:b/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>Clave do título</w:t>
       </w:r>
       <w:r w:rsidRPr="002D14C4">
         <w:t xml:space="preserve"> (soamente no caso de que se atope outorgado): (indique a clave do título)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="496867E2" w14:textId="374EA43B" w:rsidR="00DB5295" w:rsidRPr="005F2150" w:rsidRDefault="004D441C" w:rsidP="00DB5295">
+    <w:p w14:paraId="2FEE9813" w14:textId="77777777" w:rsidR="00DB5295" w:rsidRPr="005F2150" w:rsidRDefault="004D441C" w:rsidP="00DB5295">
       <w:pPr>
         <w:pStyle w:val="c9Textocorpotboas1Portos"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="1418"/>
       </w:pPr>
       <w:r w:rsidRPr="00456703">
         <w:rPr>
           <w:b/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="00DB5295" w:rsidRPr="00456703">
         <w:rPr>
           <w:b/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>orto</w:t>
       </w:r>
       <w:r w:rsidR="00DB5295" w:rsidRPr="002D14C4">
         <w:t>:</w:t>
       </w:r>
@@ -18895,161 +19126,161 @@
             <w:listItem w:displayText="SANTA MARTA DE BAIONA - ZONA SUR - MUNICIPIO: BAIONA" w:value="SANTA MARTA DE BAIONA - ZONA SUR - MUNICIPIO: BAIONA"/>
             <w:listItem w:displayText="SANXENXO - ZONA SUR - MUNICIPIO: SANXENXO" w:value="SANXENXO - ZONA SUR - MUNICIPIO: SANXENXO"/>
             <w:listItem w:displayText="SARDIÑEIRO - ZONA CENTRO - MUNICIPIO: FISTERRA" w:value="SARDIÑEIRO - ZONA CENTRO - MUNICIPIO: FISTERRA"/>
             <w:listItem w:displayText="SUEVOS - ZONA CENTRO - MUNICIPIO: ARTEIXO" w:value="SUEVOS - ZONA CENTRO - MUNICIPIO: ARTEIXO"/>
             <w:listItem w:displayText="TARAGOÑA - ZONA CENTRO - MUNICIPIO: RIANXO" w:value="TARAGOÑA - ZONA CENTRO - MUNICIPIO: RIANXO"/>
             <w:listItem w:displayText="TESTAL - ZONA CENTRO - MUNICIPIO: NOIA" w:value="TESTAL - ZONA CENTRO - MUNICIPIO: NOIA"/>
             <w:listItem w:displayText="TRAGOVE - ZONA SUR - MUNICIPIO: CAMBADOS" w:value="TRAGOVE - ZONA SUR - MUNICIPIO: CAMBADOS"/>
             <w:listItem w:displayText="TUI - ZONA SUR - MUNICIPIO: TUI" w:value="TUI - ZONA SUR - MUNICIPIO: TUI"/>
             <w:listItem w:displayText="VILABOA (SANTA CRISTINA DE COBRES) - ZONA SUR - MUNICIPIO: VILABOA" w:value="VILABOA (SANTA CRISTINA DE COBRES) - ZONA SUR - MUNICIPIO: VILABOA"/>
             <w:listItem w:displayText="VILANOVA DE AROUSA - ZONA SUR - MUNICIPIO: VILANOVA DE AROUSA" w:value="VILANOVA DE AROUSA - ZONA SUR - MUNICIPIO: VILANOVA DE AROUSA"/>
             <w:listItem w:displayText="VILAXOÁN - ZONA SUR - MUNICIPIO: VILAGARCÍA DE AROUSA" w:value="VILAXOÁN - ZONA SUR - MUNICIPIO: VILAGARCÍA DE AROUSA"/>
             <w:listItem w:displayText="VIVEIRO-CELEIRO - ZONA NORTE - MUNICIPIO: VIVEIRO" w:value="VIVEIRO-CELEIRO - ZONA NORTE - MUNICIPIO: VIVEIRO"/>
           </w:dropDownList>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00DB5295" w:rsidRPr="005F2150">
             <w:rPr>
               <w:color w:val="00B0F0"/>
             </w:rPr>
             <w:t>ESCOLLA PORTO</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="2A2BED8E" w14:textId="343D9F5C" w:rsidR="00AC4BE3" w:rsidRPr="00B32074" w:rsidRDefault="00456703" w:rsidP="00456703">
+    <w:p w14:paraId="6F4CE352" w14:textId="77777777" w:rsidR="00AC4BE3" w:rsidRPr="00B32074" w:rsidRDefault="00456703" w:rsidP="00456703">
       <w:pPr>
         <w:pStyle w:val="c9Textocorpotboas1Portos"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D14C4">
         <w:rPr>
           <w:noProof/>
           <w:lang w:bidi="lo-LA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="76001329" wp14:editId="7BEC055A">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="55E94EA4" wp14:editId="727ABFD1">
             <wp:extent cx="708263" cy="94985"/>
             <wp:effectExtent l="0" t="0" r="0" b="635"/>
             <wp:docPr id="18" name="Imagen 18"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 4"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId46" cstate="print">
+                    <a:blip r:embed="rId50" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="950883" cy="127523"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="002D14C4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B32074" w:rsidRPr="00B32074">
         <w:rPr>
           <w:b/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>SOLICITUDE Á XEFATURA DE ZONA DE PORTOS DE GALICIA DUNHA CONCESIÓN NO DOMINIO PÚBLICO PORTUARIO, A TRAVÉS DA SEDE ELECTRÓNICA DA XUNTA DE GALICIA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D56E8CE" w14:textId="77777777" w:rsidR="004B740D" w:rsidRDefault="004B740D" w:rsidP="004B740D">
+    <w:p w14:paraId="73B9B97F" w14:textId="77777777" w:rsidR="004B740D" w:rsidRDefault="004B740D" w:rsidP="004B740D">
       <w:pPr>
         <w:pStyle w:val="c9Textocorpotboas1Portos"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="004B740D" w:rsidSect="0028713D">
-      <w:headerReference w:type="even" r:id="rId47"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId52"/>
+      <w:headerReference w:type="even" r:id="rId51"/>
+      <w:headerReference w:type="default" r:id="rId52"/>
+      <w:footerReference w:type="even" r:id="rId53"/>
+      <w:footerReference w:type="default" r:id="rId54"/>
+      <w:headerReference w:type="first" r:id="rId55"/>
+      <w:footerReference w:type="first" r:id="rId56"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="3119" w:right="1746" w:bottom="624" w:left="1746" w:header="624" w:footer="624" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="22B56E8F" w14:textId="77777777" w:rsidR="00EE5704" w:rsidRDefault="00EE5704">
+    <w:p w14:paraId="4DD6F455" w14:textId="77777777" w:rsidR="000822A8" w:rsidRDefault="000822A8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="50F7C9E2" w14:textId="77777777" w:rsidR="00EE5704" w:rsidRDefault="00EE5704">
+    <w:p w14:paraId="1C7BECB0" w14:textId="77777777" w:rsidR="000822A8" w:rsidRDefault="000822A8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -19080,122 +19311,122 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
-    <w:altName w:val="Yu Gothic UI"/>
+    <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Xunta Sans">
     <w:panose1 w:val="00000500000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="TimesNewRoman,Bold">
+    <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DokChampa">
-    <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="49D33C55" w14:textId="77777777" w:rsidR="00EE5704" w:rsidRDefault="00EE5704">
+  <w:p w14:paraId="4FC49D3F" w14:textId="77777777" w:rsidR="00AD2642" w:rsidRDefault="00AD2642">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4550"/>
         <w:tab w:val="left" w:pos="5818"/>
       </w:tabs>
       <w:ind w:right="260"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:color w:val="0F243E"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:color w:val="548DD4"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve">Página </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="17365D"/>
         <w:sz w:val="24"/>
@@ -19236,85 +19467,85 @@
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="17365D"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:instrText>NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="17365D"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:color w:val="17365D"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
-      <w:t>3</w:t>
+      <w:t>11</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="17365D"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="47BE68F0" w14:textId="77777777" w:rsidR="00EE5704" w:rsidRDefault="00EE5704">
+  <w:p w14:paraId="44D16136" w14:textId="77777777" w:rsidR="00AD2642" w:rsidRDefault="00AD2642">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="394E3C45" w14:textId="33169BCF" w:rsidR="00EE5704" w:rsidRDefault="00EE5704">
+  <w:p w14:paraId="0C48103C" w14:textId="6528F9D3" w:rsidR="00AD2642" w:rsidRDefault="00AD2642">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
         <w:tab w:val="left" w:pos="7980"/>
       </w:tabs>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Xunta Sans" w:eastAsia="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Xunta Sans"/>
         <w:color w:val="007BC4"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Xunta Sans" w:eastAsia="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Xunta Sans"/>
         <w:color w:val="999999"/>
@@ -19328,178 +19559,178 @@
         <w:rFonts w:ascii="Xunta Sans" w:eastAsia="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Xunta Sans"/>
         <w:color w:val="999999"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Xunta Sans" w:eastAsia="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Xunta Sans"/>
         <w:color w:val="999999"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:instrText>PAGE</w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Xunta Sans" w:eastAsia="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Xunta Sans"/>
         <w:color w:val="999999"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00936875">
+    <w:r w:rsidR="00ED7979">
       <w:rPr>
         <w:rFonts w:ascii="Xunta Sans" w:eastAsia="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Xunta Sans"/>
         <w:noProof/>
         <w:color w:val="999999"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>9</w:t>
+      <w:t>5</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Xunta Sans" w:eastAsia="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Xunta Sans"/>
         <w:color w:val="999999"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Xunta Sans" w:eastAsia="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Xunta Sans"/>
         <w:color w:val="999999"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> de </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Xunta Sans" w:eastAsia="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Xunta Sans"/>
         <w:color w:val="999999"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Xunta Sans" w:eastAsia="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Xunta Sans"/>
         <w:color w:val="999999"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:instrText>NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Xunta Sans" w:eastAsia="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Xunta Sans"/>
         <w:color w:val="999999"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00936875">
+    <w:r w:rsidR="00ED7979">
       <w:rPr>
         <w:rFonts w:ascii="Xunta Sans" w:eastAsia="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Xunta Sans"/>
         <w:noProof/>
         <w:color w:val="999999"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>11</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Xunta Sans" w:eastAsia="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Xunta Sans"/>
         <w:color w:val="999999"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="2EF27909" w14:textId="77777777" w:rsidR="00EE5704" w:rsidRPr="00DB39A1" w:rsidRDefault="00EE5704" w:rsidP="00DB39A1">
+  <w:p w14:paraId="3A84715D" w14:textId="77777777" w:rsidR="00AD2642" w:rsidRPr="00DB39A1" w:rsidRDefault="00AD2642" w:rsidP="00DB39A1">
     <w:pPr>
       <w:pStyle w:val="c8pedepaxPortos"/>
     </w:pPr>
     <w:r w:rsidRPr="00AB077E">
       <w:t>ENTIDADE PÚBLICA EMPRESARIAL PORTOS DE GALICIA</w:t>
     </w:r>
     <w:r>
       <w:br/>
     </w:r>
     <w:r w:rsidRPr="00AB077E">
       <w:t xml:space="preserve">Praza de Europa 5A – 6ª Planta </w:t>
     </w:r>
     <w:r>
       <w:br/>
     </w:r>
     <w:r w:rsidRPr="00AB077E">
       <w:t>15707 Santiago de Compostela</w:t>
     </w:r>
     <w:r>
       <w:br/>
     </w:r>
     <w:r w:rsidRPr="00AB077E">
       <w:t xml:space="preserve">T. 881 950 095 </w:t>
     </w:r>
     <w:r>
       <w:br/>
     </w:r>
     <w:r w:rsidRPr="00AB077E">
       <w:t>portosdegalicia.gal</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
       </w:rPr>
       <w:t xml:space="preserve">   </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
       </w:rPr>
       <w:tab/>
       <w:t xml:space="preserve">                                                                                                                                         </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="271A1F1E" w14:textId="7BD76134" w:rsidR="00EE5704" w:rsidRDefault="00EE5704">
+  <w:p w14:paraId="05FDC791" w14:textId="534C1AC3" w:rsidR="00AD2642" w:rsidRDefault="00AD2642">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Xunta Sans" w:eastAsia="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Xunta Sans"/>
         <w:color w:val="999999"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Páxina </w:t>
     </w:r>
@@ -19508,51 +19739,51 @@
         <w:rFonts w:ascii="Xunta Sans" w:eastAsia="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Xunta Sans"/>
         <w:color w:val="999999"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Xunta Sans" w:eastAsia="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Xunta Sans"/>
         <w:color w:val="999999"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:instrText>PAGE</w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Xunta Sans" w:eastAsia="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Xunta Sans"/>
         <w:color w:val="999999"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00936875">
+    <w:r w:rsidR="00ED7979">
       <w:rPr>
         <w:rFonts w:ascii="Xunta Sans" w:eastAsia="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Xunta Sans"/>
         <w:noProof/>
         <w:color w:val="999999"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Xunta Sans" w:eastAsia="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Xunta Sans"/>
         <w:color w:val="999999"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Xunta Sans" w:eastAsia="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Xunta Sans"/>
         <w:color w:val="999999"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
@@ -19563,876 +19794,1093 @@
         <w:rFonts w:ascii="Xunta Sans" w:eastAsia="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Xunta Sans"/>
         <w:color w:val="999999"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Xunta Sans" w:eastAsia="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Xunta Sans"/>
         <w:color w:val="999999"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:instrText>NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Xunta Sans" w:eastAsia="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Xunta Sans"/>
         <w:color w:val="999999"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00936875">
+    <w:r w:rsidR="00ED7979">
       <w:rPr>
         <w:rFonts w:ascii="Xunta Sans" w:eastAsia="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Xunta Sans"/>
         <w:noProof/>
         <w:color w:val="999999"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>11</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Xunta Sans" w:eastAsia="Xunta Sans" w:hAnsi="Xunta Sans" w:cs="Xunta Sans"/>
         <w:color w:val="999999"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="999999"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1DF6E9E5" w14:textId="77777777" w:rsidR="00EE5704" w:rsidRDefault="00EE5704">
+    <w:p w14:paraId="51D3A53C" w14:textId="77777777" w:rsidR="000822A8" w:rsidRDefault="000822A8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="21D6A734" w14:textId="77777777" w:rsidR="00EE5704" w:rsidRDefault="00EE5704">
+    <w:p w14:paraId="4ED5DA87" w14:textId="77777777" w:rsidR="000822A8" w:rsidRDefault="000822A8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
-    <w:p w14:paraId="5BE9341F" w14:textId="77777777" w:rsidR="00EE5704" w:rsidRPr="002E4475" w:rsidRDefault="00EE5704" w:rsidP="002E4475">
+    <w:p w14:paraId="2DAF62FD" w14:textId="77777777" w:rsidR="00AD2642" w:rsidRPr="002E4475" w:rsidRDefault="00AD2642" w:rsidP="002E4475">
       <w:pPr>
         <w:pStyle w:val="notasaopPortos"/>
       </w:pPr>
       <w:r w:rsidRPr="002E4475">
         <w:rPr>
           <w:rStyle w:val="Refdenotaalpie"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="002E4475">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E4475">
         <w:t xml:space="preserve">Enumere, especifique e describa o máximo posible tódalas actividades, que se pretenden realizar, indicando cuestións como: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C8165F3" w14:textId="77777777" w:rsidR="00EE5704" w:rsidRPr="002E4475" w:rsidRDefault="00EE5704" w:rsidP="002E4475">
+    <w:p w14:paraId="3C7551B0" w14:textId="77777777" w:rsidR="00AD2642" w:rsidRPr="002E4475" w:rsidRDefault="00AD2642" w:rsidP="002E4475">
       <w:pPr>
         <w:pStyle w:val="notasaopPortos"/>
       </w:pPr>
       <w:r w:rsidRPr="002E4475">
         <w:t>Programa, contido, horario, calendario das actividades</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B30E934" w14:textId="77777777" w:rsidR="00EE5704" w:rsidRPr="002E4475" w:rsidRDefault="00EE5704" w:rsidP="002E4475">
+    <w:p w14:paraId="7BCB953D" w14:textId="77777777" w:rsidR="00AD2642" w:rsidRPr="002E4475" w:rsidRDefault="00AD2642" w:rsidP="002E4475">
       <w:pPr>
         <w:pStyle w:val="notasaopPortos"/>
       </w:pPr>
       <w:r w:rsidRPr="002E4475">
         <w:t>Equipos e instalacións necesarios para o desenvolvemento das actividades</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E6F4623" w14:textId="77777777" w:rsidR="00EE5704" w:rsidRPr="002E4475" w:rsidRDefault="00EE5704" w:rsidP="002E4475">
+    <w:p w14:paraId="4C29503A" w14:textId="77777777" w:rsidR="00AD2642" w:rsidRPr="002E4475" w:rsidRDefault="00AD2642" w:rsidP="002E4475">
       <w:pPr>
         <w:pStyle w:val="notasaopPortos"/>
       </w:pPr>
       <w:r w:rsidRPr="002E4475">
         <w:t>Procesos industriais, residuos e materiais que fan falla para o proceso</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DE262D0" w14:textId="77777777" w:rsidR="00EE5704" w:rsidRPr="002E4475" w:rsidRDefault="00EE5704" w:rsidP="002E4475">
+    <w:p w14:paraId="67F79FB4" w14:textId="77777777" w:rsidR="00AD2642" w:rsidRPr="002E4475" w:rsidRDefault="00AD2642" w:rsidP="002E4475">
       <w:pPr>
         <w:pStyle w:val="notasaopPortos"/>
       </w:pPr>
       <w:r w:rsidRPr="002E4475">
         <w:t xml:space="preserve">Calendario das actividades </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50F5A4F2" w14:textId="77777777" w:rsidR="00EE5704" w:rsidRPr="002E4475" w:rsidRDefault="00EE5704" w:rsidP="002E4475">
+    <w:p w14:paraId="21B6A60B" w14:textId="77777777" w:rsidR="00AD2642" w:rsidRPr="002E4475" w:rsidRDefault="00AD2642" w:rsidP="002E4475">
       <w:pPr>
         <w:pStyle w:val="notasaopPortos"/>
       </w:pPr>
       <w:r w:rsidRPr="002E4475">
         <w:t>Espazos no dominio público portuario e/ou obras e/ou  instalacións de titularidade pública que se pretenden ocupar e empregar para o desenvolvemento das actividades.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AC5BA84" w14:textId="77777777" w:rsidR="00EE5704" w:rsidRPr="002E4475" w:rsidRDefault="00EE5704" w:rsidP="002E4475">
+    <w:p w14:paraId="770CABD1" w14:textId="77777777" w:rsidR="00AD2642" w:rsidRPr="002E4475" w:rsidRDefault="00AD2642" w:rsidP="002E4475">
       <w:pPr>
         <w:pStyle w:val="notasaopPortos"/>
       </w:pPr>
       <w:r w:rsidRPr="002E4475">
         <w:t>Os usos e actividades propostas deben ser acordes coa planificación portuaria aprobada (dispoñible na web de Portos de Galicia) e cos usos permitidos no dominio público portuario indicados no Art.55 da Lei 6/2017 de portos de Galicia.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E915BA8" w14:textId="77777777" w:rsidR="00EE5704" w:rsidRPr="00B207A2" w:rsidRDefault="00EE5704" w:rsidP="002E4475">
+    <w:p w14:paraId="3C285721" w14:textId="77777777" w:rsidR="00AD2642" w:rsidRPr="00B207A2" w:rsidRDefault="00AD2642" w:rsidP="002E4475">
       <w:pPr>
         <w:pStyle w:val="notasaopPortos"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E4475">
         <w:t>No caso de construción, rehabilitación e/ou ocupación de edificacións no dominio público portuario, se debe especificar concretamente o uso e programa de actividades a desenvolver en cada unha das estancias da/s edificación/s.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w14:paraId="1222B66C" w14:textId="77777777" w:rsidR="00EE5704" w:rsidRDefault="00EE5704" w:rsidP="005E711E">
+    <w:p w14:paraId="72A35D89" w14:textId="77777777" w:rsidR="00AD2642" w:rsidRDefault="00AD2642" w:rsidP="005E711E">
       <w:pPr>
         <w:pStyle w:val="notasaopPortos"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00614F09">
         <w:rPr>
           <w:rStyle w:val="Refdenotaalpie"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-        <w:t>A título indicativo, que non limitativo</w:t>
+      <w:r w:rsidRPr="00614F09">
+        <w:rPr>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> A título indicativo, que non limitativo</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
-    <w:p w14:paraId="0F43E646" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="00C92E47" w:rsidRDefault="00B32074" w:rsidP="00F04EFD">
+    <w:p w14:paraId="004834BA" w14:textId="77777777" w:rsidR="00AD2642" w:rsidRPr="00C92E47" w:rsidRDefault="00AD2642" w:rsidP="00F04EFD">
       <w:pPr>
         <w:pStyle w:val="Textonotapie"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="gl-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C92E47">
+      <w:r w:rsidRPr="005C6957">
         <w:rPr>
           <w:rStyle w:val="Refdenotaalpie"/>
+          <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="gl-ES"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00C92E47">
         <w:rPr>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="gl-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C92E47">
         <w:rPr>
           <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="gl-ES"/>
         </w:rPr>
         <w:t>Poderase prescindir deste trámite no caso de que esta informaci</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="gl-ES"/>
         </w:rPr>
         <w:t>ón veña recollida na certificación do punto 1 (certificación da AEAT) ou se xustifique adecuadamente a exención de presentar este certificado conforme a normativa vixente</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
-    <w:p w14:paraId="3AE5D336" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="00AF5E36" w:rsidRDefault="00B32074" w:rsidP="00F04EFD">
+    <w:p w14:paraId="6D1B8308" w14:textId="6EB9DCCE" w:rsidR="00AD2642" w:rsidRPr="00AF5E36" w:rsidRDefault="00AD2642" w:rsidP="00F04EFD">
       <w:pPr>
         <w:pStyle w:val="Textonotapie"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF5E36">
+      <w:r w:rsidRPr="005C6957">
         <w:rPr>
           <w:rStyle w:val="Refdenotaalpie"/>
+          <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
+      <w:r w:rsidRPr="005C6957">
+        <w:rPr>
+          <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="gl-ES"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
       <w:r w:rsidRPr="00AF5E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="gl-ES"/>
+        </w:rPr>
+        <w:t>on especificación do volume anual de negocios no ámbito de actividades correspondentes ao obxec</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="gl-ES"/>
+        </w:rPr>
+        <w:t>to da solicitude de concesión, considerarase</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF5E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="gl-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> solvente o solicitante que teña xustificado un volume anual de negocio, no ano de maior volume dos tres presentados, igual ou superior </w:t>
+      </w:r>
+      <w:r w:rsidR="005C6957">
+        <w:rPr>
+          <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="gl-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ao importe anual da cifra neta de negocios </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="gl-ES"/>
+        </w:rPr>
+        <w:t>reflectidos n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF5E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="gl-ES"/>
+        </w:rPr>
+        <w:t>a memoria económico-financeira presentada.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="5">
+    <w:p w14:paraId="18B5321A" w14:textId="77777777" w:rsidR="006569CB" w:rsidRPr="00AF5E36" w:rsidRDefault="006569CB" w:rsidP="006569CB">
+      <w:pPr>
+        <w:pStyle w:val="Textonotapie"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C6957">
+        <w:rPr>
+          <w:rStyle w:val="Refdenotaalpie"/>
+          <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="005C6957">
         <w:rPr>
           <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="gl-ES"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="00AF5E36">
         <w:rPr>
           <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="gl-ES"/>
         </w:rPr>
         <w:t>on especificación do volume anual de negocios no ámbito de actividades correspondentes ao obxec</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="gl-ES"/>
         </w:rPr>
         <w:t>to da solicitude de concesión, considerarase</w:t>
       </w:r>
       <w:r w:rsidRPr="00AF5E36">
         <w:rPr>
           <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="gl-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> solvente o solicitante que teña xustificado un volume anual de negocio, no ano de maior volume dos tres presentados, igual ou superior </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="gl-ES"/>
         </w:rPr>
-        <w:t>aos gastos anuais reflectidos n</w:t>
+        <w:t>ao importe anual da cifra neta de negocios reflectidos n</w:t>
       </w:r>
       <w:r w:rsidRPr="00AF5E36">
         <w:rPr>
           <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="gl-ES"/>
         </w:rPr>
         <w:t>a memoria económico-financeira presentada.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="5">
-    <w:p w14:paraId="1DE498E8" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="00AF5E36" w:rsidRDefault="00B32074" w:rsidP="00F04EFD">
+  <w:footnote w:id="6">
+    <w:p w14:paraId="537EC457" w14:textId="77777777" w:rsidR="006569CB" w:rsidRPr="00AF5E36" w:rsidRDefault="006569CB" w:rsidP="00F04EFD">
       <w:pPr>
         <w:pStyle w:val="c9Textocorpotboas1Portos"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF5E36">
         <w:rPr>
           <w:rStyle w:val="Refdenotaalpie"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00AF5E36">
         <w:rPr>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00486A13">
         <w:rPr>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
         <w:t xml:space="preserve">Considerarase solvente </w:t>
       </w:r>
       <w:r w:rsidRPr="00AF5E36">
         <w:rPr>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
         <w:t>o solicitante que xustifique ter subscrito un seguro cunha entidade aseguradora, cun capital mínimo igual ou superior a 300.000€. A xustificación do seguro de indemnización por riscos profesionais efectuarase mediante a presentación dun certificado expedido polo asegurador, no que consten os importes  e riscos asegurados e a data de vencemento do seguro, incluíndo o compromiso de prórroga ou renovación do seguro, que garanta o mantemento da súa cobertura durante toda a execución do contrato. Entenderase cumprido este requisito polo solicitante que achegue, cando así sexa requirido para o efecto, un compromiso vinculante de subscrición do seguro esixido, no caso de resultar adxudicatario</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="6">
-[...29 lines deleted...]
-  </w:footnote>
   <w:footnote w:id="7">
-    <w:p w14:paraId="30D01D15" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="00516E8D" w:rsidRDefault="00B32074" w:rsidP="00F04EFD">
+    <w:p w14:paraId="413F1E30" w14:textId="77777777" w:rsidR="006569CB" w:rsidRPr="00CC27EF" w:rsidRDefault="006569CB" w:rsidP="00F04EFD">
       <w:pPr>
         <w:pStyle w:val="Textonotapie"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="gl-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00516E8D">
+      <w:r w:rsidRPr="00CC27EF">
         <w:rPr>
           <w:rStyle w:val="Refdenotaalpie"/>
+          <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="gl-ES"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00516E8D">
-[...7 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00CC27EF">
         <w:rPr>
           <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="gl-ES"/>
         </w:rPr>
-        <w:t>R</w:t>
+        <w:t xml:space="preserve"> Patrimonio neto ou capital social, ou ben cociente entre activos e pasivos, ao peche do último exercicio económico para o que estea vencida a obrigación de aprobación de contas anuais por importe igual ou superior ao esixido para os gastos anuais previstos no estudo económico financeiro</w:t>
       </w:r>
-      <w:r w:rsidRPr="00516E8D">
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="8">
+    <w:p w14:paraId="2D75F673" w14:textId="77777777" w:rsidR="00AD2642" w:rsidRPr="00CC27EF" w:rsidRDefault="00AD2642" w:rsidP="00F04EFD">
+      <w:pPr>
+        <w:pStyle w:val="Textonotapie"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="gl-ES"/>
         </w:rPr>
-        <w:t>elación dos principais servizos ou traballos, correspondentes ao mesmo tipo ou natureza ao que corresponde ao obxecto desta solicitude, realizados nos últimos cinco anos, que inclúa importe, datas e o destinatario, público ou privado, dos mesmos.</w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="00B46886">
+      </w:pPr>
+      <w:r w:rsidRPr="00CC27EF">
         <w:rPr>
           <w:rStyle w:val="Refdenotaalpie"/>
+          <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="gl-ES"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00B46886">
+      <w:r w:rsidRPr="00CC27EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="gl-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Relación dos principais servizos ou traballos, correspondentes ao mesmo tipo ou natureza ao que corresponde ao obxecto desta solicitude, realizados nos últimos cinco anos, que inclúa importe, datas e o destinatario, público ou privado, dos mesmos.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="9">
+    <w:p w14:paraId="217C598B" w14:textId="77777777" w:rsidR="00AD2642" w:rsidRPr="00CC27EF" w:rsidRDefault="00AD2642" w:rsidP="00F04EFD">
+      <w:pPr>
+        <w:pStyle w:val="Textonotapie"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="gl-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC27EF">
+        <w:rPr>
+          <w:rStyle w:val="Refdenotaalpie"/>
+          <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="gl-ES"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="00CC27EF">
         <w:rPr>
           <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="gl-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> Reputarase solvente a estes efectos o ter disposto no prazo indicado dun responsable da actividade a desenvolver que acredite ter traballado en tarefas similares perante os tres últimos anos e asemade presentar, xunto co currículo do persoal da empresa, os certificados de vida laboral da Seguridade Social e  copia dos títulos académicos dos mesmos</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="9">
-[...57 lines deleted...]
-  </w:footnote>
   <w:footnote w:id="10">
-    <w:p w14:paraId="70DE96C2" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="001F6AE2" w:rsidRDefault="00B32074" w:rsidP="00F04EFD">
+    <w:p w14:paraId="3A83F314" w14:textId="77777777" w:rsidR="00AD2642" w:rsidRPr="00CC27EF" w:rsidRDefault="00AD2642" w:rsidP="00F04EFD">
       <w:pPr>
         <w:pStyle w:val="Textonotapie"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="gl-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F6AE2">
+      <w:r w:rsidRPr="00CC27EF">
         <w:rPr>
           <w:rStyle w:val="Refdenotaalpie"/>
+          <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="gl-ES"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="001F6AE2">
+      <w:r w:rsidRPr="00CC27EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="gl-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Cumprindo as prescricións técnicas para a redacción de proxectos a executar no dominio público privado</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="11">
+    <w:p w14:paraId="731107FA" w14:textId="77777777" w:rsidR="00AD2642" w:rsidRPr="00CC27EF" w:rsidRDefault="00AD2642" w:rsidP="00F04EFD">
+      <w:pPr>
+        <w:pStyle w:val="Textonotapie"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="gl-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC27EF">
+        <w:rPr>
+          <w:rStyle w:val="Refdenotaalpie"/>
+          <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="gl-ES"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="00CC27EF">
         <w:rPr>
           <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="gl-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> Art. 51.2 da Lei de Costas:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="264A7C9A" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="001F6AE2" w:rsidRDefault="00B32074" w:rsidP="00F04EFD">
+    <w:p w14:paraId="6F6BE71F" w14:textId="77777777" w:rsidR="00AD2642" w:rsidRPr="00CC27EF" w:rsidRDefault="00AD2642" w:rsidP="00F04EFD">
       <w:pPr>
         <w:pStyle w:val="Textonotapie"/>
         <w:ind w:left="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="gl-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F6AE2">
+      <w:r w:rsidRPr="00CC27EF">
         <w:rPr>
           <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="gl-ES"/>
         </w:rPr>
         <w:t>2. Entenderanse por instalacións desmontables aquelas que:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="129AD79F" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="001F6AE2" w:rsidRDefault="00B32074" w:rsidP="00F04EFD">
+    <w:p w14:paraId="198E8048" w14:textId="77777777" w:rsidR="00AD2642" w:rsidRPr="00CC27EF" w:rsidRDefault="00AD2642" w:rsidP="00F04EFD">
       <w:pPr>
         <w:pStyle w:val="Textonotapie"/>
         <w:ind w:left="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="gl-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F6AE2">
+      <w:r w:rsidRPr="00CC27EF">
         <w:rPr>
           <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="gl-ES"/>
         </w:rPr>
         <w:t>a) Precisen como máximo obras puntuais de cimentación, que en todo caso non sobresairán do terreo.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="594EA0AA" w14:textId="77777777" w:rsidR="00B32074" w:rsidRPr="001F6AE2" w:rsidRDefault="00B32074" w:rsidP="00F04EFD">
+    <w:p w14:paraId="0ADC12EA" w14:textId="77777777" w:rsidR="00AD2642" w:rsidRPr="00CC27EF" w:rsidRDefault="00AD2642" w:rsidP="00F04EFD">
       <w:pPr>
         <w:pStyle w:val="Textonotapie"/>
         <w:ind w:left="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="gl-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F6AE2">
+      <w:r w:rsidRPr="00CC27EF">
         <w:rPr>
           <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="gl-ES"/>
         </w:rPr>
         <w:t>b) Estean constituídas por elementos de serie prefabricados, módulos, paneis ou similares, sen elaboración de materiais en obra nin emprego de soldaduras.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3876728C" w14:textId="77777777" w:rsidR="00B32074" w:rsidRDefault="00B32074" w:rsidP="00F04EFD">
+    <w:p w14:paraId="37CE5CCC" w14:textId="77777777" w:rsidR="00AD2642" w:rsidRPr="00CC27EF" w:rsidRDefault="00AD2642" w:rsidP="00F04EFD">
       <w:pPr>
         <w:pStyle w:val="Textonotapie"/>
         <w:ind w:left="142"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r w:rsidRPr="001F6AE2">
         <w:rPr>
           <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="gl-ES"/>
         </w:rPr>
-        <w:t>c) Móntense e desmonten mediante procesos secuencia</w:t>
-[...1 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC27EF">
         <w:rPr>
           <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="gl-ES"/>
         </w:rPr>
-        <w:t>i</w:t>
+        <w:t>c) Móntense e desmonten mediante procesos secuenciais, podendo realizarse o seu levantamento sen demolición e sendo o conxunto dos seus elementos facilmente transportable.</w:t>
       </w:r>
-      <w:r w:rsidRPr="001F6AE2">
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="12">
+    <w:p w14:paraId="02CAC406" w14:textId="77777777" w:rsidR="00AD2642" w:rsidRPr="000C6FAF" w:rsidRDefault="00AD2642">
+      <w:pPr>
+        <w:pStyle w:val="Textonotapie"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC27EF">
+        <w:rPr>
+          <w:rStyle w:val="Refdenotaalpie"/>
+          <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="gl-ES"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="00CC27EF">
         <w:rPr>
           <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="gl-ES"/>
         </w:rPr>
-        <w:t>s, podendo realizarse o seu levantamento sen demolición e sendo o conxunto dos seus elementos facilmente transportable.</w:t>
+        <w:t xml:space="preserve"> Arts. 57.3, 61.3, 66.2 da lei 6/2017, de 12 de decembro, de Portos de Galicia, e concordantes.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="11">
-    <w:p w14:paraId="7987E5EC" w14:textId="77777777" w:rsidR="00EE5704" w:rsidRDefault="00EE5704" w:rsidP="007C1713">
+  <w:footnote w:id="13">
+    <w:p w14:paraId="37CEB95A" w14:textId="77777777" w:rsidR="00AD2642" w:rsidRDefault="00AD2642" w:rsidP="007C1713">
       <w:pPr>
         <w:pStyle w:val="Textonotapie"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdenotaalpie"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:t>O falseamento de información subministrada a Portos de Galicia supón unha infracción grave, segundo o Art. 132.f) da Lei 6/2017 de portos de Galicia. As infraccións graves sancionaranse con multas de ata 300.000€, segundo o Art. 137.1.b) da mesma Lei. A omisión ou aportación defectuosa de información subministrada a Portos de Galicia supón unha infracción leve, segundo o Art. 131.f) da Lei 6/2017 de portos de Galicia. As infraccións leves sancionaranse con multas de ata 60.000€, segundo o Art. 137.1.a) da mesma Lei.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="12">
-    <w:p w14:paraId="6D8C79E1" w14:textId="77777777" w:rsidR="00EE5704" w:rsidRDefault="00EE5704" w:rsidP="007C1713">
+  <w:footnote w:id="14">
+    <w:p w14:paraId="10A97AC2" w14:textId="77777777" w:rsidR="00AD2642" w:rsidRDefault="00AD2642" w:rsidP="007C1713">
       <w:pPr>
         <w:pStyle w:val="Textonotapie"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdenotaalpie"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:t>O falseamento de información subministrada a Portos de Galicia supón unha infracción grave, segundo o Art. 132.f) da Lei 6/2017 de portos de Galicia. As infraccións graves sancionaranse con multas de ata 300.000€, segundo o Art. 137.1.b) da mesma Lei. A omisión ou aportación defectuosa de información subministrada a Portos de Galicia supón unha infracción leve, segundo o Art. 131.f) da Lei 6/2017 de portos de Galicia. As infraccións leves sancionaranse con multas de ata 60.000€, segundo o Art. 137.1.a) da mesma Lei.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="13">
-    <w:p w14:paraId="1AE8E567" w14:textId="77777777" w:rsidR="00EE5704" w:rsidRPr="00380E88" w:rsidRDefault="00EE5704" w:rsidP="00380E88">
+  <w:footnote w:id="15">
+    <w:p w14:paraId="50D70C6A" w14:textId="77777777" w:rsidR="00AD2642" w:rsidRPr="00380E88" w:rsidRDefault="00AD2642" w:rsidP="00380E88">
       <w:pPr>
         <w:pStyle w:val="notasaopPortos"/>
       </w:pPr>
       <w:r w:rsidRPr="00380E88">
         <w:rPr>
           <w:rStyle w:val="Refdenotaalpie"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00380E88">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00380E88">
         <w:t>So aplica no caso no que o solicitante desexe que Portos de Galicia autorice o emprego de medios mecánicos no título administrativo. Faga unha táboa para cada medio mecánico que desexe autorizar.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="3082129C" w14:textId="77777777" w:rsidR="00EE5704" w:rsidRDefault="00EE5704">
+  <w:p w14:paraId="4836322D" w14:textId="77777777" w:rsidR="00AD2642" w:rsidRDefault="00AD2642">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="0E904E3A" w14:textId="77777777" w:rsidR="00EE5704" w:rsidRDefault="00EE5704">
+  <w:p w14:paraId="5E7B6EA0" w14:textId="77777777" w:rsidR="00AD2642" w:rsidRDefault="00AD2642">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:color w:val="000000"/>
         <w:lang w:eastAsia="gl-ES" w:bidi="lo-LA"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="5C544BD0" wp14:editId="28ED5D48">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="12C473F9" wp14:editId="15A1CE28">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:posOffset>0</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>791845</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="280800" cy="396000"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapSquare wrapText="bothSides" distT="0" distB="0" distL="114300" distR="114300"/>
           <wp:docPr id="28" name="image3.png"/>
           <wp:cNvGraphicFramePr/>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="image3.png"/>
                   <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="280800" cy="396000"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="65A0C28B" w14:textId="27227393" w:rsidR="00EE5704" w:rsidRDefault="00EE5704">
+  <w:p w14:paraId="7540EDF7" w14:textId="31897796" w:rsidR="00AD2642" w:rsidRDefault="00E3601A">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:color w:val="000000"/>
         <w:lang w:eastAsia="gl-ES" w:bidi="lo-LA"/>
       </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="01BD776F" wp14:editId="78BFDBD5">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="column">
+                <wp:posOffset>3901440</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>394335</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="1457325" cy="395605"/>
+              <wp:effectExtent l="0" t="0" r="28575" b="23495"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1" name="Rectángulo 1"/>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="1457325" cy="395605"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln w="19050">
+                        <a:solidFill>
+                          <a:srgbClr val="0070C0"/>
+                        </a:solidFill>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:style>
+                      <a:lnRef idx="2">
+                        <a:schemeClr val="accent1">
+                          <a:shade val="50000"/>
+                        </a:schemeClr>
+                      </a:lnRef>
+                      <a:fillRef idx="1">
+                        <a:schemeClr val="accent1"/>
+                      </a:fillRef>
+                      <a:effectRef idx="0">
+                        <a:schemeClr val="accent1"/>
+                      </a:effectRef>
+                      <a:fontRef idx="minor">
+                        <a:schemeClr val="lt1"/>
+                      </a:fontRef>
+                    </wps:style>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="62658215" w14:textId="3F3CAB71" w:rsidR="00E3601A" w:rsidRPr="00E3601A" w:rsidRDefault="00E3601A" w:rsidP="00E3601A">
+                          <w:pPr>
+                            <w:jc w:val="center"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="0070C0"/>
+                              <w:sz w:val="22"/>
+                              <w:szCs w:val="22"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00E3601A">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="0070C0"/>
+                              <w:sz w:val="22"/>
+                              <w:szCs w:val="22"/>
+                            </w:rPr>
+                            <w:t>MODELO 03A</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelV relativeFrom="margin">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:rect w14:anchorId="01BD776F" id="Rectángulo 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:307.2pt;margin-top:31.05pt;width:114.75pt;height:31.15pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDmMhR9qQIAAJwFAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r3bSpl2NOkWQosOA&#10;og3aDj0rshQbkEVNUmJnf7Nv2Y+Nkhw36IodhuWgkCb5KD6RvLruW0V2wroGdEknJzklQnOoGr0p&#10;6bfn20+fKXGe6Yop0KKke+Ho9fzjh6vOFGIKNahKWIIg2hWdKWntvSmyzPFatMydgBEajRJsyzyq&#10;dpNVlnWI3qpsmufnWQe2Mha4cA6/3iQjnUd8KQX3D1I64YkqKd7Nx9PGcx3ObH7Fio1lpm74cA32&#10;D7doWaMx6Qh1wzwjW9v8AdU23IID6U84tBlI2XARa8BqJvmbap5qZkSsBclxZqTJ/T9Yfr9bWdJU&#10;+HaUaNbiEz0iab9+6s1WAZkEgjrjCvR7Mis7aA7FUG0vbRv+sQ7SR1L3I6mi94Tjx8nZ7OJ0OqOE&#10;o+30cnaezwJo9hptrPNfBLQkCCW1mD9yyXZ3zifXg0tIpuG2UQq/s0Jp0mGGy3yWxwgHqqmCNRid&#10;3ayXypIdC2+fX+TL+NyY+MgNNaXxNqHGVFWU/F6JlOBRSKQH65imDKExxQjLOBfaT5KpZpVI2WY5&#10;/oYqYyuHiFiz0ggYkCXecsQeAN7HTgwM/iFUxL4eg4fS/xY8RsTMoP0Y3DYa7HuVKaxqyJz8DyQl&#10;agJLvl/36BLENVR77CMLacCc4bcNPuYdc37FLE4Uzh5uCf+Ah1SAjwaDREkN9sd734M/NjpaKelw&#10;Qkvqvm+ZFZSorxpH4HJydhZGOirYZFNU7LFlfWzR23YJ2AjY5ni7KAZ/rw6itNC+4DJZhKxoYppj&#10;7pJybw/K0qfNgeuIi8UiuuEYG+bv9JPhATwQHJr1uX9h1gwd7XEW7uEwzax409jJN0RqWGw9yCZ2&#10;/SuvA/W4AmIPDesq7JhjPXq9LtX5bwAAAP//AwBQSwMEFAAGAAgAAAAhABOulUPfAAAACgEAAA8A&#10;AABkcnMvZG93bnJldi54bWxMj8FKw0AQhu+C77CM4M1uEkOpMZsShBQUEdpGvE6zaxLMzobsNo1v&#10;73jS2wz/xz/f5NvFDmI2k+8dKYhXEQhDjdM9tQrqY3W3AeEDksbBkVHwbTxsi+urHDPtLrQ38yG0&#10;gkvIZ6igC2HMpPRNZyz6lRsNcfbpJouB16mVesILl9tBJlG0lhZ74gsdjuapM83X4WwVvL3aj3ZX&#10;lljP1fG9qve7Z/eSKHV7s5SPIIJZwh8Mv/qsDgU7ndyZtBeDgnWcpozykMQgGNik9w8gTkwmnMgi&#10;l/9fKH4AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA5jIUfakCAACcBQAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAE66VQ98AAAAKAQAADwAAAAAA&#10;AAAAAAAAAAADBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAA8GAAAAAA==&#10;" filled="f" strokecolor="#0070c0" strokeweight="1.5pt">
+              <v:textbox>
+                <w:txbxContent>
+                  <w:p w14:paraId="62658215" w14:textId="3F3CAB71" w:rsidR="00E3601A" w:rsidRPr="00E3601A" w:rsidRDefault="00E3601A" w:rsidP="00E3601A">
+                    <w:pPr>
+                      <w:jc w:val="center"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:color w:val="0070C0"/>
+                        <w:sz w:val="22"/>
+                        <w:szCs w:val="22"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:bookmarkStart w:id="4" w:name="_GoBack"/>
+                    <w:r w:rsidRPr="00E3601A">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Xunta Sans" w:hAnsi="Xunta Sans"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:color w:val="0070C0"/>
+                        <w:sz w:val="22"/>
+                        <w:szCs w:val="22"/>
+                      </w:rPr>
+                      <w:t>MODELO 03A</w:t>
+                    </w:r>
+                    <w:bookmarkEnd w:id="4"/>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+            </v:rect>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r w:rsidR="00AD2642">
+      <w:rPr>
+        <w:noProof/>
+        <w:color w:val="000000"/>
+        <w:lang w:eastAsia="gl-ES" w:bidi="lo-LA"/>
+      </w:rPr>
       <w:drawing>
-        <wp:anchor distT="180340" distB="180340" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="7C1D0CED" wp14:editId="6FB889AB">
+        <wp:anchor distT="180340" distB="180340" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="7B6E9EEF" wp14:editId="5DD41ED3">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>1108710</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>791845</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="932400" cy="396000"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapSquare wrapText="bothSides" distT="180340" distB="180340" distL="114300" distR="114300"/>
           <wp:docPr id="30" name="image2.png"/>
           <wp:cNvGraphicFramePr/>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="image2.png"/>
                   <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
@@ -20839,50 +21287,136 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04560005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1A236C6D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A0EE5362"/>
+    <w:lvl w:ilvl="0" w:tplc="0456000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04560019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0456001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0456000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04560019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0456001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0456000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04560019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0456001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="20A351ED"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7A50D52A"/>
     <w:lvl w:ilvl="0" w:tplc="11400C72">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="10"/>
         <w:szCs w:val="10"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04560003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -20954,51 +21488,51 @@
     <w:lvl w:ilvl="7" w:tplc="04560003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04560005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="27010D2C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1310B9B0"/>
     <w:lvl w:ilvl="0" w:tplc="11400C72">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="10"/>
         <w:szCs w:val="10"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04560003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1048" w:hanging="360"/>
@@ -21070,51 +21604,51 @@
     <w:lvl w:ilvl="7" w:tplc="04560003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5368" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04560005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6088" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="291E1BAF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6BDC4F96"/>
     <w:lvl w:ilvl="0" w:tplc="04560001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04560003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -21183,164 +21717,164 @@
     <w:lvl w:ilvl="7" w:tplc="04560003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04560005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="324A07F8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EB38489E"/>
     <w:lvl w:ilvl="0" w:tplc="0C0A0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C0A0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C0A0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3E3077C3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CC406CFE"/>
     <w:lvl w:ilvl="0" w:tplc="0C0A0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -21409,51 +21943,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="44B234AD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4CA266EA"/>
     <w:lvl w:ilvl="0" w:tplc="0C0A0003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -21522,51 +22056,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="476774BD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="79C86CD6"/>
     <w:lvl w:ilvl="0" w:tplc="04560001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04560003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -21635,51 +22169,51 @@
     <w:lvl w:ilvl="7" w:tplc="04560003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04560005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="495C24DD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="848A362A"/>
     <w:lvl w:ilvl="0" w:tplc="7A72E206">
       <w:start w:val="5"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A001B" w:tentative="1">
@@ -21724,51 +22258,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C0A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C0A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4DF31BAC"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="84344CE2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="720"/>
@@ -21838,51 +22372,51 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Encabezado10"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51196BE7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B756E2D2"/>
     <w:lvl w:ilvl="0" w:tplc="0C0A0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -21951,51 +22485,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="531B6DA2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EC0628DA"/>
     <w:lvl w:ilvl="0" w:tplc="0C0A000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -22037,51 +22571,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C0A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C0A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="56BF1885"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A71C4898"/>
     <w:lvl w:ilvl="0" w:tplc="0C0A000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -22123,51 +22657,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C0A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C0A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="622905E9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F06E573C"/>
     <w:lvl w:ilvl="0" w:tplc="0C0A0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -22236,51 +22770,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="64D74D86"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C7C8BAF8"/>
     <w:lvl w:ilvl="0" w:tplc="11400C72">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1066" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="10"/>
         <w:szCs w:val="10"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04560003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1754" w:hanging="360"/>
@@ -22352,51 +22886,51 @@
     <w:lvl w:ilvl="7" w:tplc="04560003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6074" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04560005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6794" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="65373715"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="27E2968A"/>
     <w:lvl w:ilvl="0" w:tplc="27AC68B4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="EnumeracinsPortos"/>
       <w:lvlText w:val="%1ª.-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="646"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="289"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
@@ -22447,51 +22981,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C0A0019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C0A001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="67A4520F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9FE001C8"/>
     <w:lvl w:ilvl="0" w:tplc="04560001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04560003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -22560,51 +23094,137 @@
     <w:lvl w:ilvl="7" w:tplc="04560003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04560005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="683B7895"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5B94D116"/>
+    <w:lvl w:ilvl="0" w:tplc="0456000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04560019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0456001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0456000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04560019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0456001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0456000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04560019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0456001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="690B0D45"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="40D81BC0"/>
     <w:lvl w:ilvl="0" w:tplc="11400C72">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="10"/>
         <w:szCs w:val="10"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04560003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1472" w:hanging="360"/>
@@ -22676,51 +23296,51 @@
     <w:lvl w:ilvl="7" w:tplc="04560003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5792" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04560005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6512" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="78D605AD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="80F00026"/>
     <w:lvl w:ilvl="0" w:tplc="F8BA8060">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1ª.-"/>
       <w:lvlJc w:val="center"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="648"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="288"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:strike w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2ª.-"/>
       <w:lvlJc w:val="center"/>
@@ -22809,51 +23429,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7D753C5A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="37F2BC5C"/>
     <w:lvl w:ilvl="0" w:tplc="04560001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04560003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -22923,450 +23543,497 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04560005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="13"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="21"/>
+    <w:abstractNumId w:val="23"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4"/>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="4">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="6">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="8">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="9">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="10">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="11">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="12">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="13">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="14">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="15">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="16">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="17">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="18">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="19">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="15"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="20">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="19"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="21">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="22">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="23">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="23">
+  <w:num w:numId="24">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="25">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="26">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="24">
-[...3 lines deleted...]
-    <w:abstractNumId w:val="22"/>
+  <w:num w:numId="27">
+    <w:abstractNumId w:val="21"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="160"/>
-  <w:attachedTemplate r:id="rId1"/>
+  <w:zoom w:percent="140"/>
   <w:stylePaneFormatFilter w:val="1021" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0003"/>
+  <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="20481"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B15183"/>
     <w:rsid w:val="000148CE"/>
+    <w:rsid w:val="00030025"/>
     <w:rsid w:val="00032194"/>
     <w:rsid w:val="00043A9F"/>
+    <w:rsid w:val="0007056D"/>
+    <w:rsid w:val="000822A8"/>
+    <w:rsid w:val="00090D1A"/>
     <w:rsid w:val="000A3765"/>
     <w:rsid w:val="000B24BF"/>
+    <w:rsid w:val="000C6FAF"/>
     <w:rsid w:val="000D16E4"/>
     <w:rsid w:val="00106011"/>
+    <w:rsid w:val="00187516"/>
+    <w:rsid w:val="00187665"/>
     <w:rsid w:val="001B482A"/>
     <w:rsid w:val="001D0AAB"/>
     <w:rsid w:val="002024B2"/>
     <w:rsid w:val="00225F86"/>
+    <w:rsid w:val="0023530F"/>
     <w:rsid w:val="0024701F"/>
+    <w:rsid w:val="00253296"/>
     <w:rsid w:val="00255387"/>
     <w:rsid w:val="00256541"/>
     <w:rsid w:val="00273C19"/>
     <w:rsid w:val="002742CD"/>
     <w:rsid w:val="00277FEC"/>
     <w:rsid w:val="00284011"/>
     <w:rsid w:val="0028713D"/>
     <w:rsid w:val="002947C5"/>
     <w:rsid w:val="002D5A22"/>
     <w:rsid w:val="002E40B5"/>
     <w:rsid w:val="002E4475"/>
     <w:rsid w:val="002E6635"/>
     <w:rsid w:val="002F2502"/>
     <w:rsid w:val="002F3012"/>
     <w:rsid w:val="00314E1C"/>
     <w:rsid w:val="00320622"/>
     <w:rsid w:val="0032717B"/>
     <w:rsid w:val="00360C75"/>
     <w:rsid w:val="003778E0"/>
     <w:rsid w:val="00380E88"/>
     <w:rsid w:val="003949B8"/>
     <w:rsid w:val="003A2FC6"/>
     <w:rsid w:val="003B4F6B"/>
     <w:rsid w:val="00414E82"/>
     <w:rsid w:val="00420F1D"/>
     <w:rsid w:val="00424F97"/>
     <w:rsid w:val="00455072"/>
     <w:rsid w:val="00456703"/>
     <w:rsid w:val="00465195"/>
     <w:rsid w:val="00472BA8"/>
     <w:rsid w:val="00473BEE"/>
     <w:rsid w:val="004A2A75"/>
     <w:rsid w:val="004A6B00"/>
     <w:rsid w:val="004B740D"/>
     <w:rsid w:val="004D3828"/>
     <w:rsid w:val="004D4025"/>
     <w:rsid w:val="004D441C"/>
     <w:rsid w:val="004F14D2"/>
     <w:rsid w:val="004F5C3E"/>
+    <w:rsid w:val="005233E4"/>
     <w:rsid w:val="00553BF0"/>
+    <w:rsid w:val="00563556"/>
     <w:rsid w:val="005707AF"/>
     <w:rsid w:val="00572F1A"/>
     <w:rsid w:val="00591E61"/>
     <w:rsid w:val="005A224D"/>
+    <w:rsid w:val="005C580A"/>
+    <w:rsid w:val="005C6957"/>
     <w:rsid w:val="005D00C4"/>
     <w:rsid w:val="005D795C"/>
     <w:rsid w:val="005E711E"/>
     <w:rsid w:val="005F79C5"/>
     <w:rsid w:val="00602041"/>
+    <w:rsid w:val="00614F09"/>
     <w:rsid w:val="00614F72"/>
     <w:rsid w:val="00626F74"/>
     <w:rsid w:val="00650BDA"/>
+    <w:rsid w:val="006569CB"/>
     <w:rsid w:val="00673F6E"/>
     <w:rsid w:val="00676C52"/>
     <w:rsid w:val="00681621"/>
+    <w:rsid w:val="006B2225"/>
     <w:rsid w:val="006B3B92"/>
     <w:rsid w:val="006C71B0"/>
     <w:rsid w:val="006D0386"/>
     <w:rsid w:val="006D20BB"/>
     <w:rsid w:val="006E469A"/>
     <w:rsid w:val="00747CFA"/>
     <w:rsid w:val="007515B7"/>
     <w:rsid w:val="007526F6"/>
     <w:rsid w:val="0075685E"/>
     <w:rsid w:val="00773940"/>
     <w:rsid w:val="007B38D8"/>
     <w:rsid w:val="007C1713"/>
+    <w:rsid w:val="007D0813"/>
     <w:rsid w:val="007E49B7"/>
+    <w:rsid w:val="00802E49"/>
     <w:rsid w:val="00817A3C"/>
     <w:rsid w:val="00825CB9"/>
     <w:rsid w:val="00825E09"/>
     <w:rsid w:val="00844E26"/>
     <w:rsid w:val="008619B4"/>
     <w:rsid w:val="00881526"/>
     <w:rsid w:val="008A1905"/>
     <w:rsid w:val="008E02CB"/>
     <w:rsid w:val="008E0649"/>
     <w:rsid w:val="008E1CF0"/>
     <w:rsid w:val="00936875"/>
     <w:rsid w:val="00943C6B"/>
+    <w:rsid w:val="00960534"/>
     <w:rsid w:val="00966FD9"/>
     <w:rsid w:val="00971C7E"/>
     <w:rsid w:val="00974332"/>
+    <w:rsid w:val="009A3D9E"/>
     <w:rsid w:val="009A7769"/>
     <w:rsid w:val="009C7A57"/>
     <w:rsid w:val="009E71FC"/>
+    <w:rsid w:val="009F65E3"/>
     <w:rsid w:val="009F6F6A"/>
     <w:rsid w:val="009F7570"/>
     <w:rsid w:val="00A31833"/>
     <w:rsid w:val="00A36CC3"/>
     <w:rsid w:val="00A41D00"/>
     <w:rsid w:val="00A733D9"/>
     <w:rsid w:val="00A8511D"/>
     <w:rsid w:val="00A9604A"/>
     <w:rsid w:val="00AB077E"/>
     <w:rsid w:val="00AC4BE3"/>
+    <w:rsid w:val="00AD2642"/>
+    <w:rsid w:val="00AE3295"/>
     <w:rsid w:val="00AF216C"/>
+    <w:rsid w:val="00AF44B8"/>
     <w:rsid w:val="00B10596"/>
     <w:rsid w:val="00B10BA8"/>
     <w:rsid w:val="00B15183"/>
     <w:rsid w:val="00B20074"/>
     <w:rsid w:val="00B20919"/>
     <w:rsid w:val="00B32074"/>
+    <w:rsid w:val="00B36A75"/>
     <w:rsid w:val="00BA4DC9"/>
     <w:rsid w:val="00BC1764"/>
     <w:rsid w:val="00BC55A3"/>
     <w:rsid w:val="00BD0E5F"/>
+    <w:rsid w:val="00BF0214"/>
     <w:rsid w:val="00BF11A8"/>
     <w:rsid w:val="00BF18C5"/>
     <w:rsid w:val="00C2284C"/>
     <w:rsid w:val="00C22860"/>
+    <w:rsid w:val="00C36734"/>
     <w:rsid w:val="00C37350"/>
     <w:rsid w:val="00C534CC"/>
     <w:rsid w:val="00C7316F"/>
     <w:rsid w:val="00C73284"/>
+    <w:rsid w:val="00C740A6"/>
     <w:rsid w:val="00C77631"/>
+    <w:rsid w:val="00CB02B9"/>
+    <w:rsid w:val="00CC27EF"/>
     <w:rsid w:val="00CC3660"/>
     <w:rsid w:val="00CE0AB2"/>
     <w:rsid w:val="00CE4D78"/>
+    <w:rsid w:val="00D1190F"/>
+    <w:rsid w:val="00D1288E"/>
     <w:rsid w:val="00D208BC"/>
     <w:rsid w:val="00D3424C"/>
+    <w:rsid w:val="00D50295"/>
     <w:rsid w:val="00D54A48"/>
     <w:rsid w:val="00D55F3B"/>
     <w:rsid w:val="00D764CC"/>
     <w:rsid w:val="00D963F1"/>
+    <w:rsid w:val="00D970F9"/>
     <w:rsid w:val="00DA48BC"/>
     <w:rsid w:val="00DB178D"/>
     <w:rsid w:val="00DB39A1"/>
     <w:rsid w:val="00DB5295"/>
     <w:rsid w:val="00DC03D6"/>
     <w:rsid w:val="00E34E30"/>
+    <w:rsid w:val="00E3601A"/>
     <w:rsid w:val="00E43E79"/>
+    <w:rsid w:val="00E46E9A"/>
+    <w:rsid w:val="00E57231"/>
     <w:rsid w:val="00E700D8"/>
     <w:rsid w:val="00E84824"/>
+    <w:rsid w:val="00EB2772"/>
     <w:rsid w:val="00EB324C"/>
     <w:rsid w:val="00EC45D9"/>
     <w:rsid w:val="00ED1831"/>
+    <w:rsid w:val="00ED7979"/>
     <w:rsid w:val="00EE5704"/>
     <w:rsid w:val="00EF52C5"/>
     <w:rsid w:val="00F04EFD"/>
     <w:rsid w:val="00F11AEB"/>
     <w:rsid w:val="00F20486"/>
     <w:rsid w:val="00F45065"/>
     <w:rsid w:val="00F61232"/>
     <w:rsid w:val="00F61EE6"/>
     <w:rsid w:val="00F70301"/>
     <w:rsid w:val="00F83372"/>
     <w:rsid w:val="00FC12C6"/>
+    <w:rsid w:val="00FC69BD"/>
+    <w:rsid w:val="00FE1A43"/>
     <w:rsid w:val="00FE6037"/>
     <w:rsid w:val="00FE6FFB"/>
     <w:rsid w:val="00FF05F4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-ES" w:bidi="lo-LA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="20481"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="2A6AF5E9"/>
+  <w14:docId w14:val="274B1424"/>
   <w15:docId w15:val="{FCB38440-7CFB-412A-97E6-AD6FAE939D28}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="gl-ES" w:eastAsia="es-ES" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
@@ -26004,63 +26671,59 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1842889531">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agenciatributaria.gob.es/AEAT.sede/tramitacion/G315.shtml" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.portosdegalicia.com" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.portosdegalicia.com" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sede.xunta.gal/portada?gateway=true&amp;lang=gl" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.portosdegalicia.com" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///S:\explotacion_planificacion\MODELOS%20DOCUMENTOS\FORMULARIOS%20SOLICITUDE\aqu&#237;" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sede.xunta.gal/portada?gateway=true&amp;lang=gl" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portosdegalicia.gal/documents/10627/97704/03A+NOVA+CONCESI%C3%93N+no+dominio+p%C3%BAblico+portuario+%28NON+CONCELLOS%29.docm/a3709d8c-262c-473f-b9d0-f8c7e36de5f2" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sede.xunta.gal/detalle-procedemento?codtram=PR004A." TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sede.xunta.gal/detalle-procedemento?codtram=PR004A." TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portosdegalicia.gal/documents/10627/97704/14+MEDIOS+MEC%C3%81NICOS+%28AUTORIZACI%C3%93N+OU+REGULARIZACI%C3%93N%29+en+t%C3%ADtulo+de+ocupaci%C3%B3n+do+dominio+p%C3%BAblico+portuario.docm/b76b9a28-d187-44b6-a4a3-409d0640c895" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.portosdegalicia.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portosdegalicia.gal/documents/10627/97704/22.+ESTUDO+ECON%C3%93MICO-FINANCEIRO+para+t%C3%ADtulo+de+ocupaci%C3%B3n+do+dominio+p%C3%BAblico+portuario.xlsm/b55317da-e12e-4c5a-b9bc-df326ee5ca48" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portosdegalicia.gal/documents/10627/97704/07A+REMISI%C3%93N+DE+CONTRATO+DE+SUBMINISTRO+de+t%C3%ADtulo+de+ocupaci%C3%B3n+do+dominio+p%C3%BAblico+portuario.docx/5e47f32f-5621-4463-bccc-c232689dd622" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.portosdegalicia.gal/es/directorio-unidades-administrativas" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portosdegalicia.gal/gl/web/portos-de-galicia/delimitacion-espazos" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.portosdegalicia.com" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portosdegalicia.gal/documents/10627/97704/07B+IDENTIFICACI%C3%93N+DE+CONTADOR+CONECTADO+%C3%81+REDE+DE+PORTOS+DE+GALICIA+de+t%C3%ADtulo+de+ocupaci%C3%B3n+do+dominio+p%C3%BAblico+portuario.docx/46cef386-c281-48a2-b02a-b973b47bb30c" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.portosdegalicia.com" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portosdegalicia.gal/documents/10627/97704/07B+IDENTIFICACI%C3%93N+DE+CONTADOR+CONECTADO+%C3%81+REDE+DE+PORTOS+DE+GALICIA+de+t%C3%ADtulo+de+ocupaci%C3%B3n+do+dominio+p%C3%BAblico+portuario.docx/46cef386-c281-48a2-b02a-b973b47bb30c" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sede.agenciatributaria.gob.es/Sede/procedimientoini/G313.shtml" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portosdegalicia.gal/modelo-ficha-tecnica" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sede.xunta.gal/portada?gateway=true&amp;lang=gl" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sede.xunta.gal/portada?gateway=true&amp;lang=gl" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.portosdegalicia.com" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sede.xunta.gal/detalle-procedemento?codtram=PR004A." TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sede.xunta.gal/portada?langId=es_ES" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://siotuga.xunta.gal/siotuga/inventario.php" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portosdegalicia.gal/documents/10627/97704/07A+REMISI%C3%93N+DE+CONTRATO+DE+SUBMINISTRO+de+t%C3%ADtulo+de+ocupaci%C3%B3n+do+dominio+p%C3%BAblico+portuario.docx/5e47f32f-5621-4463-bccc-c232689dd622" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sede.xunta.gal/detalle-procedemento?codtram=PR004A." TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.portosdegalicia.com" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agenciatributaria.gob.es/AEAT.sede/tramitacion/G315.shtml" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portosdegalicia.gal/gl/modelos-aval-bancario-garantia-fianza" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sede.xunta.gal/detalle-procedemento?codtram=PR004A." TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portosdegalicia.gal/documents/10627/97704/14+MEDIOS+MEC%C3%81NICOS+%28AUTORIZACI%C3%93N+OU+REGULARIZACI%C3%93N%29+en+t%C3%ADtulo+de+ocupaci%C3%B3n+do+dominio+p%C3%BAblico+portuario.docm/b76b9a28-d187-44b6-a4a3-409d0640c895" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portosdegalicia.gal/documents/10627/97704/22.+ESTUDO+ECON%C3%93MICO-FINANCEIRO+para+t%C3%ADtulo+de+ocupaci%C3%B3n+do+dominio+p%C3%BAblico+portuario.xlsm/b55317da-e12e-4c5a-b9bc-df326ee5ca48" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sede.xunta.gal/detalle-procedemento?codtram=PR004A." TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.portosdegalicia.com" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///S:\explotacion_planificacion\MODELOS%20DOCUMENTOS\FORMULARIOS%20SOLICITUDE\aqu&#237;" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portosdegalicia.gal/documents/10627/97704/07B+IDENTIFICACI%C3%93N+DE+CONTADOR+CONECTADO+%C3%81+REDE+DE+PORTOS+DE+GALICIA+de+t%C3%ADtulo+de+ocupaci%C3%B3n+do+dominio+p%C3%BAblico+portuario.docx/46cef386-c281-48a2-b02a-b973b47bb30c" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portosdegalicia.gal/documents/10627/97704/03A+NOVA+CONCESI%C3%93N+no+dominio+p%C3%BAblico+portuario+%28NON+CONCELLOS%29.docm/a3709d8c-262c-473f-b9d0-f8c7e36de5f2" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.portosdegalicia.com" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.portosdegalicia.com" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portosdegalicia.gal/documents/10627/97704/07B+IDENTIFICACI%C3%93N+DE+CONTADOR+CONECTADO+%C3%81+REDE+DE+PORTOS+DE+GALICIA+de+t%C3%ADtulo+de+ocupaci%C3%B3n+do+dominio+p%C3%BAblico+portuario.docx/46cef386-c281-48a2-b02a-b973b47bb30c" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boe.es/buscar/act.php?id=BOE-A-2018-1750&amp;p=20241231&amp;tn=1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sede.xunta.gal/portada?langId=es_ES" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.conselleriadefacenda.gal/es_ES/areas-tematicas/politica-financeira-e-tesouro/caixa-xeral-de-depositos/informacion-xeral" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.portosdegalicia.gal/es/directorio-unidades-administrativas" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portosdegalicia.gal/gl/web/portos-de-galicia/delimitacion-espazos" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sede.xunta.gal/detalle-procedemento?codtram=PR004A." TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sede.xunta.gal/portada?gateway=true&amp;lang=gl" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sede.xunta.gal/detalle-procedemento?codtram=PR004A." TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sede.xunta.gal/portada?gateway=true&amp;lang=gl" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sede.agenciatributaria.gob.es/Sede/procedimientoini/G313.shtml" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portosdegalicia.gal/modelo-ficha-tecnica" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portosdegalicia.gal/documents/10627/97704/07A+REMISI%C3%93N+DE+CONTRATO+DE+SUBMINISTRO+de+t%C3%ADtulo+de+ocupaci%C3%B3n+do+dominio+p%C3%BAblico+portuario.docx/5e47f32f-5621-4463-bccc-c232689dd622" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portosdegalicia.gal/documents/10627/97704/07A+REMISI%C3%93N+DE+CONTRATO+DE+SUBMINISTRO+de+t%C3%ADtulo+de+ocupaci%C3%B3n+do+dominio+p%C3%BAblico+portuario.docx/5e47f32f-5621-4463-bccc-c232689dd622" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.portosdegalicia.com" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.portosdegalicia.com" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boe.es/buscar/act.php?id=BOE-A-2018-1750&amp;p=20241231&amp;tn=1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://siotuga.xunta.gal/siotuga/inventario.php" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sede.xunta.gal/portada?gateway=true&amp;lang=gl" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.portosdegalicia.com" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.portosdegalicia.com" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.portosdegalicia.com" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sede.xunta.gal/portada?gateway=true&amp;lang=gl" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/></Relationships>
-</file>
-[...2 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\albit\Desktop\Plantilla%20p&#225;xina%20t&#225;boas%20PORTOS_REV%2022030702.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="45346BB055BD490188809FDD620720E6"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{A2547294-B79A-4128-B967-9896EC76B79E}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -26320,156 +26983,160 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
-    <w:altName w:val="Yu Gothic UI"/>
+    <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Xunta Sans">
     <w:panose1 w:val="00000500000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="TimesNewRoman,Bold">
+    <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DokChampa">
-    <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008753C5"/>
     <w:rsid w:val="000A6047"/>
     <w:rsid w:val="000B2FCA"/>
     <w:rsid w:val="000F76D9"/>
     <w:rsid w:val="001009CA"/>
     <w:rsid w:val="00240B71"/>
     <w:rsid w:val="002C117D"/>
     <w:rsid w:val="0032136E"/>
+    <w:rsid w:val="00351EEE"/>
     <w:rsid w:val="00474B73"/>
     <w:rsid w:val="004B1A6B"/>
+    <w:rsid w:val="005C21AF"/>
     <w:rsid w:val="00721C95"/>
     <w:rsid w:val="008753C5"/>
+    <w:rsid w:val="008836F0"/>
     <w:rsid w:val="00953A1F"/>
     <w:rsid w:val="009C445D"/>
+    <w:rsid w:val="00AB0D9E"/>
     <w:rsid w:val="00BD5D4F"/>
     <w:rsid w:val="00D93F9A"/>
     <w:rsid w:val="00D949BC"/>
     <w:rsid w:val="00DA4DC6"/>
     <w:rsid w:val="00EE1104"/>
     <w:rsid w:val="00EF5992"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-ES" w:bidi="lo-LA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
@@ -27412,77 +28079,79 @@
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mh4kDjdApPUd1sF1QRU+VsASXoT4w==">AMUW2mXX7URKbzmyZON6e1rsJpKK2OdN9/eYA2WPyM/FN683m2G4FHrcQZfNXWwa8mLUrapDDzlL+gD/89N35CrbzCQgL2XxkSqZS4HFj8Dy/7uJy/OwDbJkvG+M8XprvfdGA/JvhKaK</go:docsCustomData>
 </go:gDocsCustomXmlDataStorage>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\CHICAGO.XSL" StyleName="Chicago" Version="16"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B70079BC-1B67-4655-B0A9-4F26BC9610D5}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F37171BD-7CE3-491C-B5F9-DD405AE79B72}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Plantilla páxina táboas PORTOS_REV 22030702</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>11</Pages>
-  <Words>3864</Words>
-  <Characters>22026</Characters>
+  <Words>4104</Words>
+  <Characters>23398</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>183</Lines>
-  <Paragraphs>51</Paragraphs>
+  <Lines>194</Lines>
+  <Paragraphs>54</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>25839</CharactersWithSpaces>
+  <CharactersWithSpaces>27448</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Alba Barbadillo</dc:creator>
+  <dc:title/>
+  <dc:creator>Voyer Conde, Pablo</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>